--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,266 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -535,443 +581,494 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="449.319" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2003</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>1983</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>44</v>
+      </c>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...239 lines deleted...]
-        <v>56</v>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>