--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,337 +12,404 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -606,571 +673,640 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="147" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2003</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7">
+        <v>1983</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>32</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>33</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>44</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>86</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>44</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>86</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>98</v>
+      </c>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...367 lines deleted...]
-        <v>79</v>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>