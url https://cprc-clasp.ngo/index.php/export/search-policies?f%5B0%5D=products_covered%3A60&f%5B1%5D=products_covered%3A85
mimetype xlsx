--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,296 +12,351 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Hand dryers TGL-65-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic sensor-based hand dryers for residential and similar purposes with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TIS 1985
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-hand-dryers-tgl-65-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-65-12.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,481 +620,538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="449.319" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2003</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>1983</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>67</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...25 lines deleted...]
-      <c r="J3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
-[...27 lines deleted...]
-      <c r="L4" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
         <v>40</v>
       </c>
-      <c r="M4" t="s">
-[...207 lines deleted...]
-        <v>66</v>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>