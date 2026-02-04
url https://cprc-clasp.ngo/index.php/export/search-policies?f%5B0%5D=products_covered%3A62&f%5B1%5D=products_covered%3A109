--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -399,50 +399,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
     <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
@@ -1449,126 +1452,126 @@
       </c>
       <c r="P13" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>121</v>
       </c>
       <c r="B14" t="s">
         <v>122</v>
       </c>
       <c r="C14" t="s">
         <v>94</v>
       </c>
       <c r="D14" t="s">
         <v>123</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>72</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="H14">
         <v>2002</v>
       </c>
       <c r="I14">
         <v>2007</v>
       </c>
       <c r="J14" t="s">
         <v>88</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M14" t="s">
         <v>99</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>49</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2006</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">