--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,273 +12,324 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -542,409 +593,454 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="533.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...22 lines deleted...]
-      <c r="C3" t="s">
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...200 lines deleted...]
-        <v>59</v>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>