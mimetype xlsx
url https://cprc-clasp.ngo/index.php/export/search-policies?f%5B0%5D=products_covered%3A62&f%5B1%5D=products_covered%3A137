--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,639 +12,820 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>CQC32-372121-2013 Water Conservation Certification Rules for Flush tank and Flush tank fitting</t>
   </si>
   <si>
+    <t>Applies to Flush tank and Flush tank fitting that are mounted on cold water supply line of static pressure smaller than 0.6MPa and driven by water gravity. This includes flushing tank inlet valve and drain valve -as flushing tank fitting</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GBT 26730-2011; GBT 6952-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372121-2013-water-conservation-certification-rules-flush-tank-and-flush-tank-fitting</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-04-18/492667.shtml</t>
+  </si>
+  <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
+    <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
+  </si>
+  <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
+  </si>
+  <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -908,1621 +1089,1828 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N36"/>
+  <dimension ref="A1:P36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>75</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>76</v>
+      </c>
+      <c r="K8" t="s">
+        <v>77</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>87</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>87</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13"/>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>107</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>112</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>130</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>131</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>129</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>131</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19">
+        <v>2022</v>
+      </c>
+      <c r="J19" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>83</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>84</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>87</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>45</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21">
+        <v>2022</v>
+      </c>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>76</v>
+      </c>
+      <c r="K22" t="s">
+        <v>77</v>
+      </c>
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="M22" t="s">
+        <v>152</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>157</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>158</v>
+      </c>
+      <c r="B23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>83</v>
+      </c>
+      <c r="H23">
+        <v>2023</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="M23" t="s">
+        <v>161</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>162</v>
+      </c>
+      <c r="P23" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>164</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>167</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>168</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>47</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>37</v>
+      </c>
+      <c r="M25" t="s">
+        <v>174</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>175</v>
+      </c>
+      <c r="P25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>171</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>178</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>47</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>37</v>
+      </c>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>182</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>106</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>107</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>76</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>78</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>186</v>
+      </c>
+      <c r="D28" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>187</v>
+      </c>
+      <c r="G28" t="s">
+        <v>83</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>188</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>190</v>
+      </c>
+      <c r="N28" t="s">
+        <v>50</v>
+      </c>
+      <c r="O28" t="s">
+        <v>191</v>
+      </c>
+      <c r="P28" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B29" t="s">
+        <v>194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>195</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>76</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="M29" t="s">
+        <v>196</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>201</v>
+      </c>
+      <c r="D30" t="s">
+        <v>202</v>
+      </c>
+      <c r="E30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" t="s">
+        <v>46</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>35</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>203</v>
+      </c>
+      <c r="N30" t="s">
+        <v>50</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" t="s">
+        <v>208</v>
+      </c>
+      <c r="D31" t="s">
+        <v>209</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>210</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>211</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>212</v>
+      </c>
+      <c r="N31" t="s">
+        <v>213</v>
+      </c>
+      <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L32" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M32" t="s">
+        <v>218</v>
+      </c>
+      <c r="N32" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O32" t="s">
+        <v>219</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>221</v>
+      </c>
+      <c r="B33" t="s">
+        <v>222</v>
+      </c>
+      <c r="C33" t="s">
+        <v>217</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" t="s">
+        <v>218</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>223</v>
+      </c>
+      <c r="P33"/>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>224</v>
+      </c>
+      <c r="B34" t="s">
+        <v>31</v>
+      </c>
+      <c r="C34" t="s">
+        <v>225</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>35</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>37</v>
+      </c>
+      <c r="M34" t="s">
+        <v>226</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>227</v>
+      </c>
+      <c r="P34" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>229</v>
+      </c>
+      <c r="B35" t="s">
+        <v>59</v>
+      </c>
+      <c r="C35" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>47</v>
+      </c>
+      <c r="K35" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L35" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="J4" t="s">
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>236</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>45</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...16 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>47</v>
+      </c>
+      <c r="K36" t="s">
         <v>36</v>
       </c>
-      <c r="C5" t="s">
+      <c r="L36" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...203 lines deleted...]
-      <c r="B10" t="s">
+      <c r="M36" t="s">
+        <v>237</v>
+      </c>
+      <c r="N36" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...1120 lines deleted...]
-      </c>
+      <c r="O36" t="s">
+        <v>238</v>
+      </c>
+      <c r="P36"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>