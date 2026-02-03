--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,482 +12,632 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -751,1059 +901,1200 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="862.218" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1985</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>58</v>
+      </c>
+      <c r="E12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>58</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>68</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>58</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>68</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>69</v>
+      </c>
+      <c r="M14" t="s">
+        <v>70</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>114</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>116</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>124</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>127</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F17" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E18" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>141</v>
+      </c>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E19" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>58</v>
+      </c>
+      <c r="E20" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>155</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>156</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...22 lines deleted...]
-      <c r="B4" t="s">
+      <c r="E21" t="s">
+        <v>86</v>
+      </c>
+      <c r="F21" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
-[...8 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>148</v>
+      </c>
+      <c r="K21" t="s">
+        <v>161</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...24 lines deleted...]
-      <c r="B5" t="s">
+      <c r="E22" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>148</v>
+      </c>
+      <c r="K22" t="s">
+        <v>166</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>150</v>
+      </c>
+      <c r="N22" t="s">
         <v>26</v>
       </c>
-      <c r="C5" t="s">
-[...8 lines deleted...]
-      <c r="F5" t="s">
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>147</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...64 lines deleted...]
-      <c r="B7" t="s">
+      <c r="E23" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>148</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" t="s">
+        <v>150</v>
+      </c>
+      <c r="N23" t="s">
         <v>26</v>
       </c>
-      <c r="C7" t="s">
-[...699 lines deleted...]
-        <v>128</v>
+      <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
+        <v>174</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>