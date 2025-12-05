--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,444 +12,574 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -713,981 +843,1110 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="249" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="249.939" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="386.906" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>34</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>64</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11" t="s">
+        <v>81</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>87</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1985</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>97</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>65</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>63</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>63</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>64</v>
+      </c>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>120</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>87</v>
+      </c>
+      <c r="F17" t="s">
+        <v>45</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>123</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" t="s">
+        <v>109</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>130</v>
+      </c>
+      <c r="K18" t="s">
+        <v>131</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>134</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>87</v>
+      </c>
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>87</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>155</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...777 lines deleted...]
-        <v>116</v>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>