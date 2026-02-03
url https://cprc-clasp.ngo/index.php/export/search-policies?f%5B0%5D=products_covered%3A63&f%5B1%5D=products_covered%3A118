--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -231,50 +231,53 @@
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
     <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
   </si>
   <si>
@@ -1313,604 +1316,604 @@
       </c>
       <c r="P9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>68</v>
       </c>
       <c r="B10" t="s">
         <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>70</v>
       </c>
       <c r="D10" t="s">
         <v>71</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H10">
         <v>2017</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>45</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>45</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1985</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D13" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="P13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>65</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D15" t="s">
         <v>53</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
         <v>63</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C16" t="s">
         <v>62</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>45</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2009</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>63</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>64</v>
       </c>
       <c r="M16" t="s">
         <v>65</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M17" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H18">
         <v>2017</v>
       </c>
       <c r="I18">
         <v>2021</v>
       </c>
       <c r="J18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="K18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D20" t="s">
         <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F20" t="s">
         <v>45</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="P21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">