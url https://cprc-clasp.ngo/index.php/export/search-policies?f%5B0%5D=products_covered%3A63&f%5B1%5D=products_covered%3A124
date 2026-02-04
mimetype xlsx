--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,481 +12,612 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -750,987 +881,1116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-      <c r="I3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
         <v>25</v>
       </c>
-      <c r="J3" t="s">
-[...53 lines deleted...]
-    <row r="5" spans="1:14">
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
-        <v>40</v>
+      <c r="I5">
+        <v>2012</v>
       </c>
       <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H8">
+        <v>1985</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>77</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-      <c r="E6" t="s">
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="F6" t="s">
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>39</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>58</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>58</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>59</v>
+      </c>
+      <c r="M14" t="s">
+        <v>60</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>125</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" t="s">
+        <v>48</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
+        <v>127</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>130</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
         <v>47</v>
       </c>
-      <c r="J6" t="s">
-[...8 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="N6" t="s">
-[...19 lines deleted...]
-      <c r="F7" t="s">
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G7">
-[...15 lines deleted...]
-      <c r="M7" t="s">
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
+        <v>47</v>
+      </c>
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="N7" t="s">
-[...188 lines deleted...]
-      <c r="G12">
+      <c r="H18">
         <v>2012</v>
       </c>
-      <c r="H12">
-[...256 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>137</v>
       </c>
       <c r="K18" t="s">
-        <v>108</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>105</v>
+        <v>144</v>
       </c>
       <c r="M18" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="N18" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
       <c r="B19" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="C19" t="s">
-        <v>102</v>
+        <v>135</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>136</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>57</v>
+      </c>
+      <c r="G19" t="s">
+        <v>48</v>
+      </c>
+      <c r="H19">
         <v>2001</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2019</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>150</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>156</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>46</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...5 lines deleted...]
-      <c r="M19" t="s">
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="N19" t="s">
-[...19 lines deleted...]
-      <c r="F20" t="s">
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>156</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
-      </c>
-[...34 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>57</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K21" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>118</v>
+        <v>164</v>
       </c>
       <c r="M21" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
       <c r="N21" t="s">
-        <v>123</v>
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>