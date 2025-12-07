--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -12,513 +12,647 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -782,1035 +916,1170 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>1985</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>99</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>106</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>59</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>99</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" t="s">
+        <v>45</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>59</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14" t="s">
+        <v>60</v>
+      </c>
+      <c r="M14" t="s">
+        <v>61</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" t="s">
+        <v>133</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>106</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K16" t="s">
+        <v>134</v>
+      </c>
+      <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
+        <v>136</v>
+      </c>
+      <c r="N16" t="s">
+        <v>137</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>142</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>77</v>
+      </c>
+      <c r="F17" t="s">
+        <v>99</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>143</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>144</v>
+      </c>
+      <c r="M17" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>146</v>
+      </c>
+      <c r="P17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>150</v>
+      </c>
+      <c r="D18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>151</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>152</v>
+      </c>
+      <c r="M18" t="s">
+        <v>153</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>158</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19" t="s">
+        <v>159</v>
+      </c>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>164</v>
+      </c>
+      <c r="D20" t="s">
+        <v>165</v>
+      </c>
+      <c r="E20" t="s">
+        <v>77</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>113</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
+        <v>167</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>172</v>
+      </c>
+      <c r="D21" t="s">
+        <v>173</v>
+      </c>
+      <c r="E21" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" t="s">
+        <v>99</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>83</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>174</v>
+      </c>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>175</v>
+      </c>
+      <c r="P21" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" t="s">
+        <v>178</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...57 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D22" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E22" t="s">
+        <v>77</v>
+      </c>
+      <c r="F22" t="s">
+        <v>179</v>
+      </c>
+      <c r="G22" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>113</v>
+      </c>
+      <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L22" t="s">
+        <v>180</v>
+      </c>
+      <c r="M22" t="s">
+        <v>181</v>
+      </c>
+      <c r="N22" t="s">
         <v>39</v>
       </c>
-      <c r="J4" t="s">
-[...770 lines deleted...]
-        <v>139</v>
+      <c r="O22" t="s">
+        <v>182</v>
+      </c>
+      <c r="P22" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>