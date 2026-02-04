--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -217,50 +217,53 @@
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
     <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
   </si>
   <si>
@@ -1246,804 +1249,804 @@
       </c>
       <c r="P6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>64</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>66</v>
       </c>
       <c r="D7" t="s">
         <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
         <v>47</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2008</v>
       </c>
       <c r="I8">
         <v>2015</v>
       </c>
       <c r="J8" t="s">
         <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>39</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
         <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>35</v>
       </c>
       <c r="H10">
         <v>1985</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K11" t="s">
         <v>47</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
         <v>45</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
         <v>59</v>
       </c>
       <c r="K12" t="s">
         <v>47</v>
       </c>
       <c r="L12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2006</v>
       </c>
       <c r="I13">
         <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N13" t="s">
         <v>39</v>
       </c>
       <c r="O13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
         <v>58</v>
       </c>
       <c r="D14" t="s">
         <v>45</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>59</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
         <v>60</v>
       </c>
       <c r="M14" t="s">
         <v>61</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D15" t="s">
         <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>47</v>
       </c>
       <c r="L15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="N16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="O16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="M17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D18" t="s">
         <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
       <c r="H19">
         <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P19" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D20" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M20" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="N20" t="s">
         <v>39</v>
       </c>
       <c r="O20" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F21" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21">
         <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N21" t="s">
         <v>39</v>
       </c>
       <c r="O21" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P21" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G22" t="s">
         <v>35</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M22" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N22" t="s">
         <v>39</v>
       </c>
       <c r="O22" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">