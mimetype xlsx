--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -328,50 +328,53 @@
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
@@ -1838,1327 +1841,1327 @@
       </c>
       <c r="P13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>100</v>
       </c>
       <c r="B14" t="s">
         <v>101</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
         <v>66</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15">
         <v>2023</v>
       </c>
       <c r="J15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>66</v>
       </c>
       <c r="O15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
       <c r="I16">
         <v>2019</v>
       </c>
       <c r="J16" t="s">
         <v>35</v>
       </c>
       <c r="K16" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
         <v>66</v>
       </c>
       <c r="O16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B17" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2006</v>
       </c>
       <c r="I17">
         <v>2024</v>
       </c>
       <c r="J17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M17" t="s">
         <v>46</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B18" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C18" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D18" t="s">
         <v>65</v>
       </c>
       <c r="E18" t="s">
         <v>76</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
         <v>1985</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>84</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N18" t="s">
         <v>66</v>
       </c>
       <c r="O18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>76</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>1989</v>
       </c>
       <c r="I19">
         <v>1992</v>
       </c>
       <c r="J19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N19" t="s">
         <v>66</v>
       </c>
       <c r="O19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2004</v>
       </c>
       <c r="I20">
         <v>2012</v>
       </c>
       <c r="J20" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>76</v>
       </c>
       <c r="F21" t="s">
         <v>77</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>84</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N21" t="s">
         <v>66</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D22" t="s">
         <v>65</v>
       </c>
       <c r="E22" t="s">
         <v>76</v>
       </c>
       <c r="F22" t="s">
         <v>77</v>
       </c>
       <c r="G22" t="s">
         <v>34</v>
       </c>
       <c r="H22">
         <v>2016</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>84</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="N22" t="s">
         <v>66</v>
       </c>
       <c r="O22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>76</v>
       </c>
       <c r="F23" t="s">
         <v>77</v>
       </c>
       <c r="G23" t="s">
         <v>34</v>
       </c>
       <c r="H23">
         <v>2014</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>84</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N23" t="s">
         <v>66</v>
       </c>
       <c r="O23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C24" t="s">
         <v>94</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>76</v>
       </c>
       <c r="F24" t="s">
         <v>77</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1996</v>
       </c>
       <c r="I24">
         <v>2012</v>
       </c>
       <c r="J24" t="s">
         <v>95</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>97</v>
       </c>
       <c r="N24" t="s">
         <v>66</v>
       </c>
       <c r="O24" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D25" t="s">
         <v>65</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
       <c r="I25">
         <v>2014</v>
       </c>
       <c r="J25" t="s">
         <v>95</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="M25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N25" t="s">
         <v>66</v>
       </c>
       <c r="O25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26">
         <v>2012</v>
       </c>
       <c r="J26" t="s">
         <v>95</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>34</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="N27" t="s">
         <v>66</v>
       </c>
       <c r="O27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C28" t="s">
         <v>94</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
         <v>95</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>97</v>
       </c>
       <c r="N28" t="s">
         <v>66</v>
       </c>
       <c r="O28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C29" t="s">
         <v>94</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29">
         <v>2015</v>
       </c>
       <c r="J29" t="s">
         <v>95</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>97</v>
       </c>
       <c r="N29" t="s">
         <v>66</v>
       </c>
       <c r="O29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B30" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
         <v>94</v>
       </c>
       <c r="D30" t="s">
         <v>65</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>34</v>
       </c>
       <c r="H30">
         <v>2009</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>95</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>96</v>
       </c>
       <c r="M30" t="s">
         <v>97</v>
       </c>
       <c r="N30" t="s">
         <v>66</v>
       </c>
       <c r="O30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C31" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2004</v>
       </c>
       <c r="I31">
         <v>2011</v>
       </c>
       <c r="J31" t="s">
         <v>84</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M31" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N31" t="s">
         <v>66</v>
       </c>
       <c r="O31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P31" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B32" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D32" t="s">
         <v>65</v>
       </c>
       <c r="E32" t="s">
         <v>76</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M32" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N32" t="s">
         <v>66</v>
       </c>
       <c r="O32" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33">
         <v>2021</v>
       </c>
       <c r="J33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P33" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B34" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C34" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>76</v>
       </c>
       <c r="F34" t="s">
         <v>77</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2008</v>
       </c>
       <c r="I34">
         <v>2012</v>
       </c>
       <c r="J34" t="s">
         <v>95</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N34" t="s">
         <v>66</v>
       </c>
       <c r="O34" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P34" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C35" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>76</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2006</v>
       </c>
       <c r="I35">
         <v>2006</v>
       </c>
       <c r="J35" t="s">
         <v>35</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B37" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C37" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D37" t="s">
         <v>65</v>
       </c>
       <c r="E37" t="s">
         <v>76</v>
       </c>
       <c r="F37" t="s">
         <v>77</v>
       </c>
       <c r="G37" t="s">
         <v>34</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M37" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N37" t="s">
         <v>66</v>
       </c>
       <c r="O37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D38" t="s">
         <v>65</v>
       </c>
       <c r="E38" t="s">
         <v>76</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>34</v>
       </c>
       <c r="H38">
         <v>2015</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M38" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N38" t="s">
         <v>66</v>
       </c>
       <c r="O38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D39" t="s">
         <v>65</v>
       </c>
       <c r="E39" t="s">
         <v>76</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>34</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M39" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N39" t="s">
         <v>66</v>
       </c>
       <c r="O39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C40" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>76</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="O40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P40"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>