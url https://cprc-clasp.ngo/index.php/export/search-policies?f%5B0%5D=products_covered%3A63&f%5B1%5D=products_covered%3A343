--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,531 +12,693 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Refrigerated Beverage Vending Machines Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Refrigerated Beverage Vending Machine and Class A, Class B, Combination A, or Combination B, including new and rebuilt, as specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart Q, Appendix B</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-refrigerated-beverage-vending-machines-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/vending_machines/partners</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -800,1185 +962,1344 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="281" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...1 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...112 lines deleted...]
-      <c r="K6"/>
       <c r="L6"/>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>52</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
         <v>2013</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>42</v>
+      </c>
+      <c r="N7" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
         <v>35</v>
       </c>
-      <c r="M7" t="s">
-[...25 lines deleted...]
-      <c r="G8">
+      <c r="H8">
         <v>2020</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="K8" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="M8" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="N8" t="s">
         <v>52</v>
       </c>
-    </row>
-    <row r="9" spans="1:14">
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
         <v>2009</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...19 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" t="s">
+        <v>81</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>52</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>92</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>52</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>52</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10">
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>52</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>1985</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>114</v>
+      </c>
+      <c r="M14" t="s">
+        <v>115</v>
+      </c>
+      <c r="N14" t="s">
+        <v>52</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>52</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>91</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>72</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>52</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2024</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>52</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>135</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>52</v>
+      </c>
+      <c r="O18" t="s">
+        <v>141</v>
+      </c>
+      <c r="P18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>143</v>
+      </c>
+      <c r="B19" t="s">
+        <v>144</v>
+      </c>
+      <c r="C19" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>72</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>73</v>
+      </c>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
+        <v>52</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>62</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>151</v>
+      </c>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>52</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>158</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>91</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2017</v>
       </c>
-      <c r="H10"/>
-      <c r="I10" t="s">
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>159</v>
+      </c>
+      <c r="K21" t="s">
+        <v>160</v>
+      </c>
+      <c r="L21" t="s">
+        <v>161</v>
+      </c>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" t="s">
         <v>62</v>
       </c>
-      <c r="J10" t="s">
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>52</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...37 lines deleted...]
-      <c r="I11" t="s">
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>36</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
+        <v>51</v>
+      </c>
+      <c r="E24" t="s">
         <v>62</v>
       </c>
-      <c r="J11" t="s">
-[...41 lines deleted...]
-      <c r="J12" t="s">
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...31 lines deleted...]
-      <c r="G13">
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>52</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>187</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>188</v>
+      </c>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>52</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>193</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
         <v>2021</v>
       </c>
-      <c r="H13"/>
-[...346 lines deleted...]
-      <c r="M21" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...198 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>134</v>
+        <v>194</v>
       </c>
       <c r="M26" t="s">
-        <v>41</v>
+        <v>182</v>
       </c>
       <c r="N26" t="s">
-        <v>143</v>
+        <v>52</v>
+      </c>
+      <c r="O26" t="s">
+        <v>195</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>