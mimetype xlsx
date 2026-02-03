--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -187,50 +187,53 @@
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
@@ -302,69 +305,69 @@
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Electric Household Vaccum cleaner</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
     <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
@@ -1101,650 +1104,650 @@
       </c>
       <c r="P5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>56</v>
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>36</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>36</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="H8">
         <v>1985</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>36</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9">
         <v>2016</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>36</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
         <v>49</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>36</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>36</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>34</v>
       </c>
       <c r="H12">
         <v>2025</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
         <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>49</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>50</v>
       </c>
       <c r="M13" t="s">
         <v>51</v>
       </c>
       <c r="N13" t="s">
         <v>36</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>34</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>36</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2017</v>
       </c>
       <c r="I15">
         <v>2021</v>
       </c>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G16" t="s">
         <v>34</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>36</v>
       </c>
       <c r="O16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>34</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N17" t="s">
         <v>36</v>
       </c>
       <c r="O17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>34</v>
       </c>
       <c r="H18">
         <v>2015</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>36</v>
       </c>
       <c r="O18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">