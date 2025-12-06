--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,502 +12,639 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
+  </si>
+  <si>
+    <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14543</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS : 210 : 2015 Energy efficiency and labelling requirements-vacuum cleaners</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for Vacuum cleaners</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 210</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-210-2015-energy-efficiency-and-labelling-requirements-vacuum-cleaners</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-683/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Vacuum TGL-64-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to horizontal canister vacuum cleaners for residential use or similar purpose with a rated voltage not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1522
 ,   
                     IEC 60335-2-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-vacuum-tgl-64-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-64-12.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
+  </si>
+  <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -771,991 +908,1120 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2024</v>
+      </c>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E9" t="s">
+        <v>84</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1985</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
         <v>25</v>
       </c>
-      <c r="J3" t="s">
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>93</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2016</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>99</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>100</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>48</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>101</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
+        <v>108</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>100</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>112</v>
+      </c>
+      <c r="O12" t="s">
+        <v>113</v>
+      </c>
+      <c r="P12" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>115</v>
+      </c>
+      <c r="B13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>49</v>
+      </c>
+      <c r="M13" t="s">
+        <v>50</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...27 lines deleted...]
-      <c r="J4" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="N4" t="s">
-        <v>35</v>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>109</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>122</v>
+      </c>
+      <c r="M14" t="s">
+        <v>123</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>124</v>
+      </c>
+      <c r="P14" t="s">
+        <v>125</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>129</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>100</v>
+      </c>
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>130</v>
+      </c>
+      <c r="K15" t="s">
+        <v>131</v>
+      </c>
+      <c r="L15" t="s">
+        <v>132</v>
+      </c>
+      <c r="M15" t="s">
+        <v>133</v>
+      </c>
+      <c r="N15" t="s">
+        <v>112</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
         <v>36</v>
       </c>
-      <c r="B5" t="s">
-[...11 lines deleted...]
-      <c r="F5" t="s">
+      <c r="D16" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>40</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>41</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>138</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>40</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>41</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...3 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>93</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>149</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>150</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" t="s">
+        <v>93</v>
+      </c>
+      <c r="G19" t="s">
         <v>39</v>
       </c>
-      <c r="J5" t="s">
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>57</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>156</v>
+      </c>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>112</v>
+      </c>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>162</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>42</v>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>163</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" t="s">
+        <v>165</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
+        <v>167</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...15 lines deleted...]
-      <c r="F6" t="s">
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>168</v>
+      </c>
+      <c r="B21" t="s">
+        <v>169</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...9 lines deleted...]
-      <c r="K6" t="s">
+      <c r="E21" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" t="s">
         <v>47</v>
       </c>
-      <c r="L6" t="s">
-[...2 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="N6" t="s">
-[...25 lines deleted...]
-      <c r="H7">
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
-[...593 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>170</v>
       </c>
       <c r="K21" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>125</v>
+        <v>171</v>
       </c>
       <c r="M21" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
       <c r="N21" t="s">
-        <v>130</v>
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>