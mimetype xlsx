--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -186,80 +186,80 @@
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
@@ -1190,99 +1190,99 @@
       </c>
       <c r="P5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>55</v>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="H6">
         <v>2017</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
         <v>67</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>68</v>
       </c>
       <c r="M7" t="s">
         <v>69</v>
       </c>
       <c r="N7" t="s">
         <v>25</v>
       </c>
       <c r="O7" t="s">
         <v>70</v>
       </c>
@@ -1669,51 +1669,51 @@
       </c>
       <c r="M15" t="s">
         <v>133</v>
       </c>
       <c r="N15" t="s">
         <v>112</v>
       </c>
       <c r="O15" t="s">
         <v>134</v>
       </c>
       <c r="P15" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>136</v>
       </c>
       <c r="B16" t="s">
         <v>137</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>138</v>
       </c>
       <c r="H16">
         <v>2021</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>40</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>41</v>
       </c>
       <c r="N16" t="s">
@@ -1809,69 +1809,69 @@
       </c>
       <c r="M18" t="s">
         <v>151</v>
       </c>
       <c r="N18" t="s">
         <v>25</v>
       </c>
       <c r="O18" t="s">
         <v>152</v>
       </c>
       <c r="P18" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>154</v>
       </c>
       <c r="B19" t="s">
         <v>155</v>
       </c>
       <c r="C19" t="s">
         <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E19" t="s">
         <v>84</v>
       </c>
       <c r="F19" t="s">
         <v>93</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2020</v>
       </c>
       <c r="J19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>156</v>
       </c>
       <c r="M19" t="s">
         <v>157</v>
       </c>
       <c r="N19" t="s">
         <v>112</v>
       </c>
       <c r="O19" t="s">
         <v>158</v>
       </c>
       <c r="P19" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>160</v>
       </c>
       <c r="B20" t="s">