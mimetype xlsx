--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,90 +80,93 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Paper Shredders</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...37 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
     <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
   </si>
   <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
@@ -692,220 +695,220 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
       <c r="I4">
         <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6">
         <v>2014</v>
       </c>
       <c r="J6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">