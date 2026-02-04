--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -520,69 +520,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -2156,51 +2156,51 @@
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>162</v>
       </c>
       <c r="B22" t="s">
         <v>163</v>
       </c>
       <c r="C22" t="s">
         <v>164</v>
       </c>
       <c r="D22" t="s">
         <v>165</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>34</v>
       </c>
       <c r="H22">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>166</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>167</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>168</v>
       </c>
       <c r="P22" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>170</v>