--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,353 +12,445 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -622,733 +714,824 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="449.319" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>34</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>34</v>
+      </c>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>74</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>65</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>65</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>89</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>30</v>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...234 lines deleted...]
-      <c r="K9" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
+        <v>63</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G13" t="s">
         <v>50</v>
-      </c>
-[...152 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H13">
         <v>2006</v>
       </c>
-      <c r="I13" t="s">
-        <v>70</v>
+      <c r="I13">
+        <v>2006</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>95</v>
       </c>
       <c r="K13" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="N13" t="s">
-        <v>73</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13"/>
     </row>
-    <row r="14" spans="1:14">
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>103</v>
+      </c>
+      <c r="G14" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14">
         <v>2017</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2021</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
-        <v>80</v>
+        <v>105</v>
       </c>
       <c r="L14" t="s">
-        <v>81</v>
+        <v>106</v>
       </c>
       <c r="M14" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
-        <v>83</v>
+        <v>108</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>113</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="F15" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>65</v>
+      </c>
+      <c r="G15" t="s">
+        <v>50</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
-      <c r="I15" t="s">
-        <v>70</v>
+      <c r="I15">
+        <v>2012</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>87</v>
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>