--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,405 +12,495 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -674,739 +764,830 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...45 lines deleted...]
-      <c r="B4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
-      </c>
-[...53 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H5">
         <v>2012</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
         <v>40</v>
       </c>
-      <c r="J5" t="s">
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...5 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="N5" t="s">
-        <v>43</v>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...24 lines deleted...]
-      <c r="I6" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
         <v>47</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="F11" t="s">
         <v>48</v>
       </c>
-      <c r="L6" t="s">
-[...95 lines deleted...]
-      <c r="B9" t="s">
+      <c r="G11" t="s">
         <v>30</v>
-      </c>
-[...95 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H11">
         <v>2006</v>
       </c>
-      <c r="I11" t="s">
-        <v>70</v>
+      <c r="I11">
+        <v>2006</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K11" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>72</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
-        <v>73</v>
-      </c>
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11"/>
     </row>
-    <row r="12" spans="1:14">
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>77</v>
+      </c>
+      <c r="G12" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12">
         <v>2017</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2021</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="K12" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="L12" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="N12" t="s">
-        <v>82</v>
+        <v>103</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>108</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="F13" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>30</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>70</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" t="s">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="N13" t="s">
-        <v>86</v>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
-[...41 lines deleted...]
-    <row r="15" spans="1:14">
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="E15" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="F15" t="s">
+        <v>123</v>
+      </c>
+      <c r="G15" t="s">
+        <v>30</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>125</v>
+      </c>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
         <v>25</v>
       </c>
-      <c r="G15">
-[...21 lines deleted...]
-        <v>99</v>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>