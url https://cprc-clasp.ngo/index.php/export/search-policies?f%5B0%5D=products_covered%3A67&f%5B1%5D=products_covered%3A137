--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,686 +12,879 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -955,1745 +1148,1968 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N39"/>
+  <dimension ref="A1:P39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>46</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
+        <v>37</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>77</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>84</v>
+      </c>
+      <c r="F9" t="s">
+        <v>85</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>46</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" t="s">
+        <v>85</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>46</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>77</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>115</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>66</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>37</v>
+      </c>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L18" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...26 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L19" t="s">
+        <v>145</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>66</v>
+      </c>
+      <c r="K20" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L20" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...243 lines deleted...]
-      <c r="B10" t="s">
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...139 lines deleted...]
-      <c r="I13" t="s">
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>156</v>
+      </c>
+      <c r="D21" t="s">
         <v>83</v>
       </c>
-      <c r="J13" t="s">
-[...5 lines deleted...]
-      <c r="L13" t="s">
+      <c r="E21" t="s">
         <v>84</v>
       </c>
-      <c r="M13" t="s">
-[...2 lines deleted...]
-      <c r="N13" t="s">
+      <c r="F21" t="s">
         <v>85</v>
       </c>
-    </row>
-[...312 lines deleted...]
-        <v>2006</v>
+      <c r="G21" t="s">
+        <v>34</v>
       </c>
       <c r="H21">
         <v>2006</v>
       </c>
-      <c r="I21" t="s">
-        <v>121</v>
+      <c r="I21">
+        <v>2006</v>
       </c>
       <c r="J21" t="s">
+        <v>157</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>158</v>
+      </c>
+      <c r="M21" t="s">
+        <v>159</v>
+      </c>
+      <c r="N21" t="s">
+        <v>46</v>
+      </c>
+      <c r="O21" t="s">
+        <v>160</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...22 lines deleted...]
-      <c r="D22" t="s">
+      <c r="G22" t="s">
+        <v>73</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>77</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
         <v>66</v>
       </c>
-      <c r="E22" t="s">
-[...5 lines deleted...]
-      <c r="G22">
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="M23" t="s">
+        <v>169</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>170</v>
+      </c>
+      <c r="P23" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>168</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>84</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2018</v>
+      </c>
+      <c r="I24">
         <v>2022</v>
       </c>
-      <c r="H22"/>
-      <c r="I22" t="s">
+      <c r="J24" t="s">
+        <v>66</v>
+      </c>
+      <c r="K24" t="s">
+        <v>67</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>169</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>106</v>
+      </c>
+      <c r="C25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>84</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>73</v>
+      </c>
+      <c r="H25">
+        <v>2023</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>37</v>
+      </c>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>84</v>
+      </c>
+      <c r="F26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>184</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>185</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>127</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>191</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>84</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>127</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="M28" t="s">
+        <v>196</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" t="s">
+        <v>114</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>115</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>66</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="M29" t="s">
+        <v>68</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>200</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" t="s">
+        <v>204</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>205</v>
+      </c>
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30">
+        <v>2021</v>
+      </c>
+      <c r="J30" t="s">
         <v>58</v>
       </c>
-      <c r="J22" t="s">
-[...25 lines deleted...]
-      <c r="D23" t="s">
+      <c r="K30" t="s">
+        <v>206</v>
+      </c>
+      <c r="L30" t="s">
+        <v>207</v>
+      </c>
+      <c r="M30" t="s">
+        <v>208</v>
+      </c>
+      <c r="N30" t="s">
+        <v>209</v>
+      </c>
+      <c r="O30" t="s">
+        <v>210</v>
+      </c>
+      <c r="P30" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>66</v>
       </c>
-      <c r="E23" t="s">
-[...352 lines deleted...]
-      </c>
       <c r="K31" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>165</v>
+        <v>37</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>215</v>
       </c>
       <c r="N31" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>219</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>220</v>
       </c>
       <c r="D32" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="E32" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>85</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>121</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
+        <v>157</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>221</v>
+      </c>
+      <c r="N32" t="s">
+        <v>46</v>
+      </c>
+      <c r="O32" t="s">
+        <v>222</v>
+      </c>
+      <c r="P32" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>224</v>
+      </c>
+      <c r="B33" t="s">
+        <v>225</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>226</v>
+      </c>
+      <c r="E33" t="s">
+        <v>84</v>
+      </c>
+      <c r="F33" t="s">
+        <v>85</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>221</v>
+      </c>
+      <c r="N33" t="s">
+        <v>46</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>231</v>
+      </c>
+      <c r="D34" t="s">
+        <v>232</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>45</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2019</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>233</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>234</v>
+      </c>
+      <c r="N34" t="s">
+        <v>235</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" t="s">
+        <v>239</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K32"/>
-[...26 lines deleted...]
-      <c r="F33" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>25</v>
+      </c>
+      <c r="M35" t="s">
+        <v>240</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>239</v>
+      </c>
+      <c r="D36" t="s">
         <v>19</v>
       </c>
-      <c r="G33">
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2020</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>25</v>
+      </c>
+      <c r="M36" t="s">
+        <v>240</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>246</v>
+      </c>
+      <c r="B37" t="s">
+        <v>31</v>
+      </c>
+      <c r="C37" t="s">
+        <v>247</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37">
         <v>2017</v>
       </c>
-      <c r="H33"/>
-[...33 lines deleted...]
-      <c r="F34" t="s">
+      <c r="J37" t="s">
+        <v>35</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37" t="s">
+        <v>37</v>
+      </c>
+      <c r="M37" t="s">
+        <v>248</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>249</v>
+      </c>
+      <c r="P37" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" t="s">
+        <v>252</v>
+      </c>
+      <c r="D38" t="s">
         <v>19</v>
       </c>
-      <c r="G34">
-[...36 lines deleted...]
-      <c r="F35" t="s">
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>127</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>37</v>
+      </c>
+      <c r="M38" t="s">
+        <v>253</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>254</v>
+      </c>
+      <c r="P38" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>256</v>
+      </c>
+      <c r="B39" t="s">
+        <v>257</v>
+      </c>
+      <c r="C39" t="s">
+        <v>258</v>
+      </c>
+      <c r="D39" t="s">
         <v>19</v>
       </c>
-      <c r="G35">
-[...6 lines deleted...]
-      <c r="J35" t="s">
+      <c r="E39" t="s">
+        <v>84</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K35" t="s">
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="L35" t="s">
-[...114 lines deleted...]
-      <c r="G38">
+      <c r="H39">
         <v>2021</v>
       </c>
-      <c r="H38"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>31</v>
+        <v>127</v>
       </c>
       <c r="K39" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>197</v>
+        <v>37</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>259</v>
       </c>
       <c r="N39" t="s">
-        <v>198</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>