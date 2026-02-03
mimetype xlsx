--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,1113 +12,1514 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="459">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1382,2843 +1783,3234 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N65"/>
+  <dimension ref="A1:P65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H5">
+        <v>1997</v>
+      </c>
+      <c r="I5">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="K5"/>
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>1997</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>39</v>
-[...7 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
       <c r="N6" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>56</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
         <v>52</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>46</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>46</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>46</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>56</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>91</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>107</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K13" t="s">
+        <v>46</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>46</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15" t="s">
+        <v>123</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>129</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>130</v>
+      </c>
+      <c r="K16" t="s">
+        <v>46</v>
+      </c>
+      <c r="L16" t="s">
+        <v>131</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" t="s">
+        <v>146</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>147</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>153</v>
+      </c>
+      <c r="D19" t="s">
+        <v>154</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>155</v>
+      </c>
+      <c r="H19">
+        <v>2010</v>
+      </c>
+      <c r="I19">
+        <v>2011</v>
+      </c>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>158</v>
+      </c>
+      <c r="P19" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...5 lines deleted...]
-      <c r="H7">
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>81</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>162</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>163</v>
+      </c>
+      <c r="M20" t="s">
+        <v>164</v>
+      </c>
+      <c r="N20" t="s">
+        <v>56</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>169</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>81</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>171</v>
+      </c>
+      <c r="P21" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B22" t="s">
+        <v>174</v>
+      </c>
+      <c r="C22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" t="s">
+        <v>106</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>175</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2009</v>
+      </c>
+      <c r="J22" t="s">
+        <v>176</v>
+      </c>
+      <c r="K22" t="s">
+        <v>46</v>
+      </c>
+      <c r="L22" t="s">
+        <v>177</v>
+      </c>
+      <c r="M22" t="s">
+        <v>178</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>179</v>
+      </c>
+      <c r="P22" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>181</v>
+      </c>
+      <c r="B23" t="s">
+        <v>182</v>
+      </c>
+      <c r="C23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" t="s">
+        <v>106</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>176</v>
+      </c>
+      <c r="K23" t="s">
+        <v>46</v>
+      </c>
+      <c r="L23" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" t="s">
+        <v>184</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" t="s">
+        <v>188</v>
+      </c>
+      <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>189</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>82</v>
+      </c>
+      <c r="K24" t="s">
+        <v>190</v>
+      </c>
+      <c r="L24" t="s">
+        <v>191</v>
+      </c>
+      <c r="M24" t="s">
+        <v>192</v>
+      </c>
+      <c r="N24" t="s">
+        <v>56</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>195</v>
+      </c>
+      <c r="B25" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" t="s">
+        <v>80</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25">
         <v>2019</v>
       </c>
-      <c r="I7" t="s">
-[...25 lines deleted...]
-      <c r="C8" t="s">
+      <c r="I25">
+        <v>2025</v>
+      </c>
+      <c r="J25" t="s">
+        <v>197</v>
+      </c>
+      <c r="K25" t="s">
+        <v>46</v>
+      </c>
+      <c r="L25" t="s">
+        <v>198</v>
+      </c>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
         <v>56</v>
       </c>
-      <c r="D8" t="s">
-[...741 lines deleted...]
-    <row r="26" spans="1:14">
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>149</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>150</v>
+        <v>202</v>
       </c>
       <c r="C26" t="s">
-        <v>151</v>
+        <v>203</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="E26" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
-      <c r="I26" t="s">
-        <v>30</v>
+      <c r="I26">
+        <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K26" t="s">
-        <v>152</v>
+        <v>46</v>
       </c>
       <c r="L26" t="s">
-        <v>153</v>
+        <v>205</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>207</v>
+      </c>
+      <c r="P26" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>155</v>
+        <v>209</v>
       </c>
       <c r="B27" t="s">
+        <v>210</v>
+      </c>
+      <c r="C27" t="s">
+        <v>211</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
+        <v>1987</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>212</v>
+      </c>
+      <c r="K27" t="s">
+        <v>46</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>213</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>218</v>
+      </c>
+      <c r="D28" t="s">
+        <v>106</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>147</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2025</v>
+      </c>
+      <c r="J28" t="s">
+        <v>219</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28" t="s">
+        <v>220</v>
+      </c>
+      <c r="M28" t="s">
+        <v>221</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>222</v>
+      </c>
+      <c r="P28" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>224</v>
+      </c>
+      <c r="B29" t="s">
+        <v>225</v>
+      </c>
+      <c r="C29" t="s">
+        <v>226</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>108</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29" t="s">
+        <v>227</v>
+      </c>
+      <c r="M29" t="s">
+        <v>228</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>229</v>
+      </c>
+      <c r="P29" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>231</v>
+      </c>
+      <c r="B30" t="s">
+        <v>232</v>
+      </c>
+      <c r="C30" t="s">
+        <v>218</v>
+      </c>
+      <c r="D30" t="s">
+        <v>106</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>147</v>
+      </c>
+      <c r="G30" t="s">
+        <v>233</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>234</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30" t="s">
+        <v>235</v>
+      </c>
+      <c r="M30" t="s">
+        <v>221</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>236</v>
+      </c>
+      <c r="P30" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>238</v>
+      </c>
+      <c r="B31" t="s">
+        <v>239</v>
+      </c>
+      <c r="C31" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" t="s">
+        <v>240</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>147</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>92</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31" t="s">
+        <v>241</v>
+      </c>
+      <c r="M31" t="s">
+        <v>100</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>242</v>
+      </c>
+      <c r="P31" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>244</v>
+      </c>
+      <c r="B32" t="s">
+        <v>245</v>
+      </c>
+      <c r="C32" t="s">
+        <v>246</v>
+      </c>
+      <c r="D32" t="s">
+        <v>129</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2021</v>
+      </c>
+      <c r="J32" t="s">
         <v>156</v>
       </c>
-      <c r="C27" t="s">
-[...51 lines deleted...]
-      <c r="G28">
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32" t="s">
+        <v>247</v>
+      </c>
+      <c r="M32" t="s">
+        <v>248</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>249</v>
+      </c>
+      <c r="P32" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>251</v>
+      </c>
+      <c r="B33" t="s">
+        <v>252</v>
+      </c>
+      <c r="C33" t="s">
+        <v>253</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H28">
-[...2 lines deleted...]
-      <c r="I28" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>122</v>
+      </c>
+      <c r="K33" t="s">
+        <v>46</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>254</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>255</v>
+      </c>
+      <c r="P33" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>257</v>
+      </c>
+      <c r="B34" t="s">
+        <v>258</v>
+      </c>
+      <c r="C34" t="s">
+        <v>259</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
         <v>162</v>
-      </c>
-[...257 lines deleted...]
-        <v>141</v>
       </c>
       <c r="K34" t="s">
         <v>190</v>
       </c>
       <c r="L34" t="s">
-        <v>191</v>
+        <v>260</v>
       </c>
       <c r="M34" t="s">
+        <v>261</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>262</v>
+      </c>
+      <c r="P34" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>264</v>
+      </c>
+      <c r="B35" t="s">
+        <v>265</v>
+      </c>
+      <c r="C35" t="s">
+        <v>259</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2014</v>
+      </c>
+      <c r="J35" t="s">
+        <v>162</v>
+      </c>
+      <c r="K35" t="s">
+        <v>190</v>
+      </c>
+      <c r="L35" t="s">
+        <v>266</v>
+      </c>
+      <c r="M35" t="s">
+        <v>261</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>267</v>
+      </c>
+      <c r="P35" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>269</v>
+      </c>
+      <c r="B36" t="s">
+        <v>270</v>
+      </c>
+      <c r="C36" t="s">
+        <v>259</v>
+      </c>
+      <c r="D36" t="s">
+        <v>71</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>162</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>271</v>
+      </c>
+      <c r="M36" t="s">
+        <v>261</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>272</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>273</v>
+      </c>
+      <c r="B37" t="s">
+        <v>274</v>
+      </c>
+      <c r="C37" t="s">
+        <v>275</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>45</v>
+      </c>
+      <c r="H37">
+        <v>1987</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>212</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>276</v>
+      </c>
+      <c r="M37" t="s">
+        <v>277</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>278</v>
+      </c>
+      <c r="P37" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>280</v>
+      </c>
+      <c r="B38" t="s">
+        <v>281</v>
+      </c>
+      <c r="C38" t="s">
+        <v>282</v>
+      </c>
+      <c r="D38" t="s">
+        <v>240</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>45</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>283</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>284</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>285</v>
+      </c>
+      <c r="P38" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>287</v>
+      </c>
+      <c r="B39" t="s">
+        <v>288</v>
+      </c>
+      <c r="C39" t="s">
+        <v>121</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2002</v>
+      </c>
+      <c r="I39">
+        <v>2007</v>
+      </c>
+      <c r="J39" t="s">
+        <v>122</v>
+      </c>
+      <c r="K39" t="s">
+        <v>46</v>
+      </c>
+      <c r="L39" t="s">
+        <v>123</v>
+      </c>
+      <c r="M39" t="s">
+        <v>124</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>289</v>
+      </c>
+      <c r="P39" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>290</v>
+      </c>
+      <c r="B40" t="s">
+        <v>128</v>
+      </c>
+      <c r="C40" t="s">
+        <v>121</v>
+      </c>
+      <c r="D40" t="s">
+        <v>129</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>130</v>
+      </c>
+      <c r="K40" t="s">
+        <v>46</v>
+      </c>
+      <c r="L40" t="s">
+        <v>131</v>
+      </c>
+      <c r="M40" t="s">
+        <v>124</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>291</v>
+      </c>
+      <c r="P40" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>292</v>
+      </c>
+      <c r="B41" t="s">
+        <v>293</v>
+      </c>
+      <c r="C41" t="s">
+        <v>294</v>
+      </c>
+      <c r="D41" t="s">
+        <v>129</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>147</v>
+      </c>
+      <c r="G41" t="s">
+        <v>45</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>138</v>
+      </c>
+      <c r="K41" t="s">
+        <v>46</v>
+      </c>
+      <c r="L41" t="s">
+        <v>295</v>
+      </c>
+      <c r="M41" t="s">
+        <v>296</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>297</v>
+      </c>
+      <c r="P41" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>299</v>
+      </c>
+      <c r="B42" t="s">
+        <v>300</v>
+      </c>
+      <c r="C42" t="s">
+        <v>294</v>
+      </c>
+      <c r="D42" t="s">
+        <v>301</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>147</v>
+      </c>
+      <c r="G42" t="s">
+        <v>45</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>138</v>
+      </c>
+      <c r="K42" t="s">
+        <v>46</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>302</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>303</v>
+      </c>
+      <c r="P42" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>305</v>
+      </c>
+      <c r="B43" t="s">
+        <v>306</v>
+      </c>
+      <c r="C43" t="s">
+        <v>307</v>
+      </c>
+      <c r="D43" t="s">
+        <v>308</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>309</v>
+      </c>
+      <c r="G43" t="s">
+        <v>45</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>310</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>311</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>312</v>
+      </c>
+      <c r="P43" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>314</v>
+      </c>
+      <c r="B44" t="s">
+        <v>315</v>
+      </c>
+      <c r="C44" t="s">
+        <v>307</v>
+      </c>
+      <c r="D44" t="s">
+        <v>106</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>309</v>
+      </c>
+      <c r="G44" t="s">
+        <v>45</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>310</v>
+      </c>
+      <c r="K44" t="s">
+        <v>46</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>311</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>316</v>
+      </c>
+      <c r="P44" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>318</v>
+      </c>
+      <c r="B45" t="s">
+        <v>319</v>
+      </c>
+      <c r="C45" t="s">
+        <v>211</v>
+      </c>
+      <c r="D45" t="s">
+        <v>320</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>212</v>
+      </c>
+      <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="N34" t="s">
-[...22 lines deleted...]
-      <c r="G35">
+      <c r="L45" t="s">
+        <v>321</v>
+      </c>
+      <c r="M45" t="s">
+        <v>322</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>323</v>
+      </c>
+      <c r="P45" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>325</v>
+      </c>
+      <c r="B46" t="s">
+        <v>326</v>
+      </c>
+      <c r="C46" t="s">
+        <v>203</v>
+      </c>
+      <c r="D46" t="s">
+        <v>53</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>35</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" t="s">
+        <v>327</v>
+      </c>
+      <c r="M46" t="s">
+        <v>206</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>328</v>
+      </c>
+      <c r="P46" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>330</v>
+      </c>
+      <c r="B47" t="s">
+        <v>331</v>
+      </c>
+      <c r="C47" t="s">
+        <v>332</v>
+      </c>
+      <c r="D47" t="s">
+        <v>333</v>
+      </c>
+      <c r="E47" t="s">
+        <v>334</v>
+      </c>
+      <c r="F47" t="s">
+        <v>335</v>
+      </c>
+      <c r="G47" t="s">
+        <v>45</v>
+      </c>
+      <c r="H47">
+        <v>2023</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>92</v>
+      </c>
+      <c r="K47" t="s">
+        <v>336</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>337</v>
+      </c>
+      <c r="N47" t="s">
+        <v>338</v>
+      </c>
+      <c r="O47" t="s">
+        <v>339</v>
+      </c>
+      <c r="P47" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>341</v>
+      </c>
+      <c r="B48" t="s">
+        <v>342</v>
+      </c>
+      <c r="C48" t="s">
+        <v>343</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>81</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>115</v>
+      </c>
+      <c r="K48" t="s">
+        <v>46</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>344</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>345</v>
+      </c>
+      <c r="P48" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>347</v>
+      </c>
+      <c r="B49" t="s">
+        <v>348</v>
+      </c>
+      <c r="C49" t="s">
+        <v>349</v>
+      </c>
+      <c r="D49" t="s">
+        <v>350</v>
+      </c>
+      <c r="E49" t="s">
+        <v>334</v>
+      </c>
+      <c r="F49" t="s">
+        <v>147</v>
+      </c>
+      <c r="G49" t="s">
+        <v>107</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>197</v>
+      </c>
+      <c r="K49" t="s">
+        <v>46</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>351</v>
+      </c>
+      <c r="P49" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>353</v>
+      </c>
+      <c r="B50" t="s">
+        <v>354</v>
+      </c>
+      <c r="C50" t="s">
+        <v>246</v>
+      </c>
+      <c r="D50" t="s">
+        <v>106</v>
+      </c>
+      <c r="E50" t="s">
+        <v>33</v>
+      </c>
+      <c r="F50" t="s">
+        <v>81</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1997</v>
+      </c>
+      <c r="I50">
+        <v>2011</v>
+      </c>
+      <c r="J50" t="s">
+        <v>156</v>
+      </c>
+      <c r="K50" t="s">
+        <v>46</v>
+      </c>
+      <c r="L50" t="s">
+        <v>355</v>
+      </c>
+      <c r="M50" t="s">
+        <v>356</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>357</v>
+      </c>
+      <c r="P50" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>359</v>
+      </c>
+      <c r="B51" t="s">
+        <v>360</v>
+      </c>
+      <c r="C51" t="s">
+        <v>361</v>
+      </c>
+      <c r="D51" t="s">
+        <v>362</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>147</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>234</v>
+      </c>
+      <c r="K51" t="s">
+        <v>363</v>
+      </c>
+      <c r="L51" t="s">
+        <v>364</v>
+      </c>
+      <c r="M51" t="s">
+        <v>365</v>
+      </c>
+      <c r="N51" t="s">
+        <v>338</v>
+      </c>
+      <c r="O51" t="s">
+        <v>366</v>
+      </c>
+      <c r="P51" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>368</v>
+      </c>
+      <c r="B52" t="s">
+        <v>369</v>
+      </c>
+      <c r="C52" t="s">
+        <v>370</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>45</v>
+      </c>
+      <c r="H52">
+        <v>2019</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>156</v>
+      </c>
+      <c r="K52" t="s">
+        <v>46</v>
+      </c>
+      <c r="L52" t="s">
+        <v>371</v>
+      </c>
+      <c r="M52" t="s">
+        <v>372</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>373</v>
+      </c>
+      <c r="P52" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>375</v>
+      </c>
+      <c r="B53" t="s">
+        <v>376</v>
+      </c>
+      <c r="C53" t="s">
+        <v>377</v>
+      </c>
+      <c r="D53" t="s">
+        <v>53</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>45</v>
+      </c>
+      <c r="H53">
+        <v>2017</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>156</v>
+      </c>
+      <c r="K53" t="s">
+        <v>46</v>
+      </c>
+      <c r="L53" t="s">
+        <v>378</v>
+      </c>
+      <c r="M53" t="s">
+        <v>379</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>380</v>
+      </c>
+      <c r="P53" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>382</v>
+      </c>
+      <c r="B54" t="s">
+        <v>383</v>
+      </c>
+      <c r="C54" t="s">
+        <v>384</v>
+      </c>
+      <c r="D54" t="s">
+        <v>53</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>81</v>
+      </c>
+      <c r="G54" t="s">
+        <v>45</v>
+      </c>
+      <c r="H54">
         <v>2013</v>
       </c>
-      <c r="H35">
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>122</v>
+      </c>
+      <c r="K54" t="s">
+        <v>46</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>385</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>386</v>
+      </c>
+      <c r="P54" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>388</v>
+      </c>
+      <c r="B55" t="s">
+        <v>389</v>
+      </c>
+      <c r="C55" t="s">
+        <v>89</v>
+      </c>
+      <c r="D55" t="s">
+        <v>106</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>147</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2007</v>
+      </c>
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>92</v>
+      </c>
+      <c r="K55" t="s">
+        <v>46</v>
+      </c>
+      <c r="L55" t="s">
+        <v>390</v>
+      </c>
+      <c r="M55" t="s">
+        <v>93</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>391</v>
+      </c>
+      <c r="P55" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>393</v>
+      </c>
+      <c r="B56" t="s">
+        <v>394</v>
+      </c>
+      <c r="C56" t="s">
+        <v>307</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>81</v>
+      </c>
+      <c r="G56" t="s">
+        <v>45</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>395</v>
+      </c>
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>396</v>
+      </c>
+      <c r="M56" t="s">
+        <v>397</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>398</v>
+      </c>
+      <c r="P56" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>400</v>
+      </c>
+      <c r="B57" t="s">
+        <v>401</v>
+      </c>
+      <c r="C57" t="s">
+        <v>307</v>
+      </c>
+      <c r="D57" t="s">
+        <v>402</v>
+      </c>
+      <c r="E57" t="s">
+        <v>33</v>
+      </c>
+      <c r="F57" t="s">
+        <v>81</v>
+      </c>
+      <c r="G57" t="s">
+        <v>45</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>403</v>
+      </c>
+      <c r="K57" t="s">
+        <v>46</v>
+      </c>
+      <c r="L57" t="s">
+        <v>404</v>
+      </c>
+      <c r="M57" t="s">
+        <v>397</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>405</v>
+      </c>
+      <c r="P57" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>407</v>
+      </c>
+      <c r="B58" t="s">
+        <v>408</v>
+      </c>
+      <c r="C58" t="s">
+        <v>60</v>
+      </c>
+      <c r="D58" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>45</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>61</v>
+      </c>
+      <c r="K58" t="s">
+        <v>46</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58"/>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>409</v>
+      </c>
+      <c r="P58" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>411</v>
+      </c>
+      <c r="B59" t="s">
+        <v>412</v>
+      </c>
+      <c r="C59" t="s">
+        <v>307</v>
+      </c>
+      <c r="D59" t="s">
+        <v>402</v>
+      </c>
+      <c r="E59" t="s">
+        <v>33</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2001</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>108</v>
+      </c>
+      <c r="K59" t="s">
+        <v>46</v>
+      </c>
+      <c r="L59" t="s">
+        <v>413</v>
+      </c>
+      <c r="M59" t="s">
+        <v>414</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>415</v>
+      </c>
+      <c r="P59" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>417</v>
+      </c>
+      <c r="B60" t="s">
+        <v>418</v>
+      </c>
+      <c r="C60" t="s">
+        <v>419</v>
+      </c>
+      <c r="D60" t="s">
+        <v>53</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60">
+        <v>2021</v>
+      </c>
+      <c r="J60" t="s">
+        <v>108</v>
+      </c>
+      <c r="K60" t="s">
+        <v>46</v>
+      </c>
+      <c r="L60" t="s">
+        <v>420</v>
+      </c>
+      <c r="M60" t="s">
+        <v>421</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>422</v>
+      </c>
+      <c r="P60" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>424</v>
+      </c>
+      <c r="B61" t="s">
+        <v>425</v>
+      </c>
+      <c r="C61" t="s">
+        <v>419</v>
+      </c>
+      <c r="D61" t="s">
+        <v>53</v>
+      </c>
+      <c r="E61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2002</v>
+      </c>
+      <c r="I61">
+        <v>2021</v>
+      </c>
+      <c r="J61" t="s">
+        <v>108</v>
+      </c>
+      <c r="K61" t="s">
+        <v>46</v>
+      </c>
+      <c r="L61" t="s">
+        <v>426</v>
+      </c>
+      <c r="M61" t="s">
+        <v>421</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>427</v>
+      </c>
+      <c r="P61" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>429</v>
+      </c>
+      <c r="B62" t="s">
+        <v>430</v>
+      </c>
+      <c r="C62" t="s">
+        <v>431</v>
+      </c>
+      <c r="D62" t="s">
+        <v>53</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>147</v>
+      </c>
+      <c r="G62" t="s">
+        <v>45</v>
+      </c>
+      <c r="H62">
+        <v>2016</v>
+      </c>
+      <c r="I62">
+        <v>2018</v>
+      </c>
+      <c r="J62" t="s">
+        <v>162</v>
+      </c>
+      <c r="K62" t="s">
+        <v>46</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>432</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>433</v>
+      </c>
+      <c r="P62" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>435</v>
+      </c>
+      <c r="B63" t="s">
+        <v>436</v>
+      </c>
+      <c r="C63" t="s">
+        <v>437</v>
+      </c>
+      <c r="D63" t="s">
+        <v>438</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>147</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63">
         <v>2014</v>
       </c>
-      <c r="I35" t="s">
-[...335 lines deleted...]
-      <c r="I43" t="s">
+      <c r="J63" t="s">
+        <v>156</v>
+      </c>
+      <c r="K63" t="s">
+        <v>46</v>
+      </c>
+      <c r="L63" t="s">
+        <v>439</v>
+      </c>
+      <c r="M63" t="s">
+        <v>440</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>441</v>
+      </c>
+      <c r="P63" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>443</v>
+      </c>
+      <c r="B64" t="s">
+        <v>444</v>
+      </c>
+      <c r="C64" t="s">
         <v>226</v>
       </c>
-      <c r="J43" t="s">
-[...20 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D64" t="s">
+        <v>445</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64">
+        <v>2016</v>
+      </c>
+      <c r="J64" t="s">
+        <v>234</v>
+      </c>
+      <c r="K64" t="s">
+        <v>446</v>
+      </c>
+      <c r="L64" t="s">
+        <v>447</v>
+      </c>
+      <c r="M64" t="s">
+        <v>448</v>
+      </c>
+      <c r="N64" t="s">
+        <v>449</v>
+      </c>
+      <c r="O64" t="s">
+        <v>450</v>
+      </c>
+      <c r="P64" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>452</v>
+      </c>
+      <c r="B65" t="s">
+        <v>453</v>
+      </c>
+      <c r="C65" t="s">
+        <v>454</v>
+      </c>
+      <c r="D65" t="s">
+        <v>455</v>
+      </c>
+      <c r="E65" t="s">
+        <v>33</v>
+      </c>
+      <c r="F65" t="s">
         <v>81</v>
       </c>
-      <c r="D44" t="s">
-[...90 lines deleted...]
-      <c r="G46">
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2011</v>
       </c>
-      <c r="H46"/>
-[...198 lines deleted...]
-      <c r="G51">
+      <c r="I65">
         <v>2017</v>
       </c>
-      <c r="H51">
-[...602 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>320</v>
-[...4 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="K65" t="s">
+        <v>446</v>
+      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>323</v>
+        <v>456</v>
       </c>
       <c r="N65" t="s">
-        <v>329</v>
+        <v>449</v>
+      </c>
+      <c r="O65" t="s">
+        <v>457</v>
+      </c>
+      <c r="P65" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>