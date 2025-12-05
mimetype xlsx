--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,556 +12,717 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -825,1215 +986,1374 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1005.04" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...56 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...20 lines deleted...]
-      <c r="K4"/>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1997</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>47</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>35</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...11 lines deleted...]
-      <c r="H5">
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...12 lines deleted...]
-      <c r="N5" t="s">
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
         <v>44</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C6" t="s">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>99</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>47</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
-[...29 lines deleted...]
-      <c r="N6" t="s">
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
         <v>47</v>
       </c>
-    </row>
-[...256 lines deleted...]
-    <row r="13" spans="1:14">
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="B13" t="s">
-        <v>89</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
-      <c r="I13" t="s">
-        <v>31</v>
+      <c r="I13">
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" t="s">
+        <v>116</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>121</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>122</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>123</v>
+      </c>
+      <c r="M14" t="s">
+        <v>124</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>63</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>136</v>
+      </c>
+      <c r="K16" t="s">
+        <v>99</v>
+      </c>
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>138</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>136</v>
+      </c>
+      <c r="K17" t="s">
+        <v>99</v>
+      </c>
+      <c r="L17" t="s">
+        <v>143</v>
+      </c>
+      <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>1987</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>149</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>150</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2007</v>
+      </c>
+      <c r="J19" t="s">
+        <v>63</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>64</v>
+      </c>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>160</v>
+      </c>
+      <c r="M20" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>161</v>
+      </c>
+      <c r="P20" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" t="s">
+        <v>166</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>81</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" t="s">
+        <v>168</v>
+      </c>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>170</v>
+      </c>
+      <c r="N21" t="s">
+        <v>171</v>
+      </c>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22" t="s">
+        <v>176</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
         <v>91</v>
       </c>
-      <c r="L13" t="s">
-[...16 lines deleted...]
-      <c r="C14" t="s">
+      <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...40 lines deleted...]
-      <c r="C15" t="s">
+      <c r="L22" t="s">
+        <v>177</v>
+      </c>
+      <c r="M22" t="s">
+        <v>178</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>179</v>
+      </c>
+      <c r="P22" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>181</v>
+      </c>
+      <c r="B23" t="s">
+        <v>182</v>
+      </c>
+      <c r="C23" t="s">
+        <v>183</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>91</v>
+      </c>
+      <c r="K23" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...36 lines deleted...]
-      <c r="C16" t="s">
+      <c r="L23" t="s">
+        <v>184</v>
+      </c>
+      <c r="M23" t="s">
+        <v>185</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>186</v>
+      </c>
+      <c r="P23" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>188</v>
+      </c>
+      <c r="B24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C24" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K24" t="s">
         <v>37</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16">
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>192</v>
+      </c>
+      <c r="B25" t="s">
+        <v>193</v>
+      </c>
+      <c r="C25" t="s">
+        <v>194</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>81</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>136</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" t="s">
+        <v>200</v>
+      </c>
+      <c r="D26" t="s">
+        <v>201</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>81</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26">
         <v>2014</v>
       </c>
-      <c r="I16" t="s">
-[...25 lines deleted...]
-      <c r="C17" t="s">
+      <c r="J26" t="s">
+        <v>91</v>
+      </c>
+      <c r="K26" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...404 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>153</v>
+        <v>202</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="N26" t="s">
-        <v>154</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>204</v>
+      </c>
+      <c r="P26" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>