--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -308,50 +308,53 @@
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>China</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
@@ -1000,51 +1003,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1005.04" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1516,808 +1519,808 @@
       </c>
       <c r="P10" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>95</v>
       </c>
       <c r="B11" t="s">
         <v>96</v>
       </c>
       <c r="C11" t="s">
         <v>97</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N11" t="s">
         <v>47</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C12" t="s">
         <v>97</v>
       </c>
       <c r="D12" t="s">
         <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>8</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
       <c r="I12">
         <v>2025</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>47</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13">
         <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>36</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2005</v>
       </c>
       <c r="I14">
         <v>2015</v>
       </c>
       <c r="J14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K14" t="s">
         <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="M14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>63</v>
       </c>
       <c r="K15" t="s">
         <v>37</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16">
         <v>2014</v>
       </c>
       <c r="J16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>1987</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="P18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C19" t="s">
         <v>62</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2002</v>
       </c>
       <c r="I19">
         <v>2007</v>
       </c>
       <c r="J19" t="s">
         <v>63</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
         <v>64</v>
       </c>
       <c r="M19" t="s">
         <v>65</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P19" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D20" t="s">
         <v>44</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>36</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>81</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="L21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="M21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N21" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="O21" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="P21" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>34</v>
       </c>
       <c r="G22" t="s">
         <v>35</v>
       </c>
       <c r="H22">
         <v>2019</v>
       </c>
       <c r="I22">
         <v>2020</v>
       </c>
       <c r="J22" t="s">
         <v>91</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P22" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>35</v>
       </c>
       <c r="H23">
         <v>2017</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>91</v>
       </c>
       <c r="K23" t="s">
         <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P23" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C24" t="s">
         <v>51</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>35</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>52</v>
       </c>
       <c r="K24" t="s">
         <v>37</v>
       </c>
       <c r="L24"/>
       <c r="M24"/>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D25" t="s">
         <v>44</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>81</v>
       </c>
       <c r="G25" t="s">
         <v>35</v>
       </c>
       <c r="H25">
         <v>2016</v>
       </c>
       <c r="I25">
         <v>2018</v>
       </c>
       <c r="J25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B26" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>81</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
         <v>91</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">