--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,407 +12,499 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -676,741 +768,834 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="157.961" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1980</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1996</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>67</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>75</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>47</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...24 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>117</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>119</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>122</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...136 lines deleted...]
-      <c r="B7" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
         <v>53</v>
       </c>
-      <c r="C7" t="s">
-[...362 lines deleted...]
-      </c>
+      <c r="K15" t="s">
+        <v>119</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="N15" t="s">
-        <v>101</v>
+        <v>122</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>