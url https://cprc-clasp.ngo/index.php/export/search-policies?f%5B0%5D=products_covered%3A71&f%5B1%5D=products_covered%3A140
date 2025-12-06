--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,278 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -547,449 +596,500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="107" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="122.542" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...243 lines deleted...]
-        <v>60</v>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>