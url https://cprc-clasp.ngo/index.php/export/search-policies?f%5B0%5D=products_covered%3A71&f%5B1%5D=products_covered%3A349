--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,302 +12,368 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -571,513 +637,574 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="429.324" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="114.258" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...77 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...8 lines deleted...]
-      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6"/>
     </row>
-    <row r="6" spans="1:14">
-[...37 lines deleted...]
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C7" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2016</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
         <v>52</v>
       </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2022</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>52</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>52</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...73 lines deleted...]
-      <c r="G10">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="N10" t="s">
-        <v>68</v>
+        <v>52</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>