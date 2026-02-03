--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -442,102 +442,102 @@
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
     <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
   </si>
   <si>
     <t>August 2018</t>
@@ -2149,165 +2149,165 @@
       </c>
       <c r="P17" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>139</v>
       </c>
       <c r="B18" t="s">
         <v>140</v>
       </c>
       <c r="C18" t="s">
         <v>141</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>99</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H18">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
         <v>142</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
-      <c r="L18" t="s">
+      <c r="L18"/>
+      <c r="M18" t="s">
         <v>143</v>
       </c>
-      <c r="M18" t="s">
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
         <v>144</v>
       </c>
-      <c r="N18" t="s">
-[...2 lines deleted...]
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>139</v>
       </c>
       <c r="B19" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>99</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
       <c r="J19" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
       <c r="M19" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
         <v>152</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D20" t="s">
         <v>154</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>99</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
         <v>155</v>
       </c>
       <c r="M20" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>156</v>
       </c>
       <c r="P20" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>158</v>
       </c>
       <c r="B21" t="s">
         <v>159</v>
       </c>
       <c r="C21" t="s">
         <v>80</v>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">