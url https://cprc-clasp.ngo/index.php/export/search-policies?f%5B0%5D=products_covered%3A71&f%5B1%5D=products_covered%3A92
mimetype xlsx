--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -309,69 +309,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
@@ -1409,51 +1409,51 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>98</v>
       </c>
       <c r="B12" t="s">
         <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>100</v>
       </c>
       <c r="D12" t="s">
         <v>101</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>103</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>104</v>
       </c>
       <c r="P12" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>106</v>