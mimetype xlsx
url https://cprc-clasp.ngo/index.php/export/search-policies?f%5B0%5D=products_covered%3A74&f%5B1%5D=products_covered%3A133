--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,371 +12,465 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -640,787 +734,886 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...3 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>58</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
         <v>30</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>70</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>69</v>
+      </c>
+      <c r="G12" t="s">
+        <v>8</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12">
+        <v>2025</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>55</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>93</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>53</v>
+      </c>
+      <c r="H13">
+        <v>1994</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>39</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>115</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...15 lines deleted...]
-      <c r="F5" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>119</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...213 lines deleted...]
-      <c r="G10">
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2014</v>
       </c>
-      <c r="H10">
-[...258 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="K16" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>122</v>
       </c>
       <c r="N16" t="s">
-        <v>93</v>
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>