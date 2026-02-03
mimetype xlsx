--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,272 +12,315 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,405 +584,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="581.429" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="136.681" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>36</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>70</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...199 lines deleted...]
-        <v>60</v>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>