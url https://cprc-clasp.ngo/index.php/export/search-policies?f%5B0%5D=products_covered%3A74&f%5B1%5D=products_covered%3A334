--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,713 +12,937 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -982,1545 +1206,1754 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="245" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="245.226" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1995</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...101 lines deleted...]
-      <c r="I5" t="s">
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
         <v>44</v>
-      </c>
-[...183 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E10" t="s">
         <v>69</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2001</v>
       </c>
-      <c r="H10">
+      <c r="I10">
         <v>2002</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="L10" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="N10" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="B11" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="C11" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>98</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N11" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>69</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>88</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2014</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2017</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
         <v>69</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>88</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2003</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2011</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="K13" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="N13" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>115</v>
+      </c>
+      <c r="P13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="E14" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="F14" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>121</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
         <v>2024</v>
       </c>
-      <c r="H14"/>
-[...2 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="N14" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>124</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>130</v>
+      </c>
+      <c r="K15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L15" t="s">
-        <v>103</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="N15" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="B16" t="s">
-        <v>68</v>
+        <v>136</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>87</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>69</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>88</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2001</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2013</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="N16" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="B17" t="s">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="C17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>113</v>
+      </c>
+      <c r="K17" t="s">
         <v>37</v>
       </c>
-      <c r="D17" t="s">
-[...11 lines deleted...]
-      <c r="H17">
+      <c r="L17" t="s">
+        <v>142</v>
+      </c>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>1990</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>89</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>155</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>79</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>156</v>
+      </c>
+      <c r="M19" t="s">
+        <v>157</v>
+      </c>
+      <c r="N19" t="s">
+        <v>158</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>8</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>130</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>163</v>
+      </c>
+      <c r="M20" t="s">
+        <v>164</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21">
+        <v>2022</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>169</v>
+      </c>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>69</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
         <v>2013</v>
       </c>
-      <c r="I17" t="s">
-[...25 lines deleted...]
-      <c r="C18" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>36</v>
+      </c>
+      <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="D18" t="s">
-[...194 lines deleted...]
-      </c>
       <c r="L22" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>176</v>
       </c>
       <c r="N22" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>177</v>
+      </c>
+      <c r="P22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="B23" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="D23" t="s">
-        <v>54</v>
+        <v>182</v>
       </c>
       <c r="E23" t="s">
         <v>69</v>
       </c>
       <c r="F23" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>88</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
         <v>2014</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>183</v>
       </c>
       <c r="N23" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>184</v>
+      </c>
+      <c r="P23" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>186</v>
       </c>
       <c r="B24" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E24" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>79</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2017</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2021</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>146</v>
+        <v>190</v>
       </c>
       <c r="K24" t="s">
-        <v>147</v>
+        <v>191</v>
       </c>
       <c r="L24" t="s">
-        <v>148</v>
+        <v>192</v>
       </c>
       <c r="M24" t="s">
-        <v>122</v>
+        <v>193</v>
       </c>
       <c r="N24" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>158</v>
+      </c>
+      <c r="O24" t="s">
+        <v>194</v>
+      </c>
+      <c r="P24" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="B25" t="s">
-        <v>151</v>
+        <v>197</v>
       </c>
       <c r="C25" t="s">
-        <v>93</v>
+        <v>198</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="E25" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>199</v>
+      </c>
+      <c r="G25" t="s">
+        <v>200</v>
+      </c>
+      <c r="H25">
         <v>2024</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>32</v>
+        <v>201</v>
       </c>
       <c r="K25" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>155</v>
+        <v>202</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="N25" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>204</v>
+      </c>
+      <c r="P25" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>157</v>
+        <v>206</v>
       </c>
       <c r="B26" t="s">
-        <v>158</v>
+        <v>207</v>
       </c>
       <c r="C26" t="s">
+        <v>208</v>
+      </c>
+      <c r="D26" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2017</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>209</v>
+      </c>
+      <c r="K26" t="s">
         <v>37</v>
       </c>
-      <c r="D26" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>161</v>
+        <v>210</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="N26" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>212</v>
+      </c>
+      <c r="P26" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>163</v>
+        <v>214</v>
       </c>
       <c r="B27" t="s">
-        <v>164</v>
+        <v>215</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>216</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E27" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>79</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2018</v>
       </c>
-      <c r="I27" t="s">
-        <v>165</v>
+      <c r="I27">
+        <v>2018</v>
       </c>
       <c r="J27" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
+        <v>218</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>219</v>
+      </c>
+      <c r="P27" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>221</v>
+      </c>
+      <c r="B28" t="s">
+        <v>222</v>
+      </c>
+      <c r="C28" t="s">
+        <v>223</v>
+      </c>
+      <c r="D28" t="s">
+        <v>224</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>80</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>225</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>226</v>
+      </c>
+      <c r="P28" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>228</v>
+      </c>
+      <c r="B29" t="s">
+        <v>229</v>
+      </c>
+      <c r="C29" t="s">
+        <v>223</v>
+      </c>
+      <c r="D29" t="s">
+        <v>230</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2017</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>80</v>
+      </c>
+      <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...36 lines deleted...]
-      <c r="M28" t="s">
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>225</v>
+      </c>
+      <c r="N29" t="s">
+        <v>158</v>
+      </c>
+      <c r="O29" t="s">
+        <v>231</v>
+      </c>
+      <c r="P29" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>233</v>
+      </c>
+      <c r="B30" t="s">
+        <v>234</v>
+      </c>
+      <c r="C30" t="s">
+        <v>235</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>69</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>236</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N28" t="s">
-[...10 lines deleted...]
-      <c r="C29" t="s">
+      <c r="L30" t="s">
+        <v>237</v>
+      </c>
+      <c r="M30" t="s">
+        <v>238</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>239</v>
+      </c>
+      <c r="P30" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>241</v>
+      </c>
+      <c r="B31" t="s">
+        <v>242</v>
+      </c>
+      <c r="C31" t="s">
+        <v>235</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>69</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>236</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>243</v>
+      </c>
+      <c r="M31" t="s">
+        <v>238</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>244</v>
+      </c>
+      <c r="P31" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>245</v>
+      </c>
+      <c r="B32" t="s">
+        <v>246</v>
+      </c>
+      <c r="C32" t="s">
+        <v>247</v>
+      </c>
+      <c r="D32" t="s">
+        <v>182</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>79</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>248</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>249</v>
+      </c>
+      <c r="M32" t="s">
+        <v>250</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>251</v>
+      </c>
+      <c r="P32" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>253</v>
+      </c>
+      <c r="B33" t="s">
+        <v>254</v>
+      </c>
+      <c r="C33" t="s">
+        <v>255</v>
+      </c>
+      <c r="D33" t="s">
+        <v>256</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>79</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>209</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>257</v>
+      </c>
+      <c r="M33" t="s">
+        <v>258</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>259</v>
+      </c>
+      <c r="P33" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>261</v>
+      </c>
+      <c r="B34" t="s">
+        <v>262</v>
+      </c>
+      <c r="C34" t="s">
         <v>174</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29">
+      <c r="D34" t="s">
+        <v>263</v>
+      </c>
+      <c r="E34" t="s">
+        <v>69</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34">
         <v>2017</v>
       </c>
-      <c r="H29"/>
-[...18 lines deleted...]
-      <c r="A30" t="s">
+      <c r="J34" t="s">
+        <v>113</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
         <v>176</v>
       </c>
-      <c r="B30" t="s">
-[...206 lines deleted...]
-      </c>
       <c r="N34" t="s">
-        <v>199</v>
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>264</v>
+      </c>
+      <c r="P34" t="s">
+        <v>265</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>