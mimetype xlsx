--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,2928 +12,4262 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="923">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1347">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
+  </si>
+  <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2458 Energy Commission (Energy Efficiency Standards and Labelling) (Air conditioners) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an air conditioning product, manufactured in the country or imported into the country for display, sale or use. These regulations apply to a single-phase and three-phase AC, multi-split outdoor unit and single split outdoor unit that has a rated full capacity of 65kW or less and is designed for human comfort.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2458-energy-commission-energy-efficiency-standards-and-labelling-air-conditioners</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
+    <t>MEPS for air conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
-    <t>MEPS for air conditioners</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NOM-035-ENER-2025, Energy Efficiency in Unitary Air Conditioners</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum Integrated Energy Efficiency Ratio (REEI) levels in cooling mode for unitary air conditioners (package units). It applies to self-contained air conditioners known as unitary type (package unit) in nominal cooling capacities greater than 19,050 W (65,000 BTU/h) and up to 70,340 W (240,000 BTU/h), with or without reversible cycle, air-cooled, electrically operated, that work by mechanical compression, which include a single-speed compressor (Fixed Capacity) or a variable refrigerant flow or frequency compressor (Proportionally Controlled Capacity) or a stepped speed compressor (Staged Capacity) and an air-cooled condenser coil.</t>
   </si>
   <si>
     <t>Packaged Terminals</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     ANSI/ASHRAE 37-2009
 ,   
                     ANSI/AHRI 340/360-2022
 ,   
                     NMX-Z-013-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-035-ener-2025-energy-efficiency-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9515/sener/sener.html</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-072-0</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3197,10103 +4531,11556 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N238"/>
+  <dimension ref="A1:P239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2016</v>
+      </c>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1979</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>106</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>107</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>115</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>116</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>118</v>
+      </c>
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>122</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>123</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>124</v>
+      </c>
+      <c r="M14" t="s">
+        <v>110</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>126</v>
+      </c>
+      <c r="B15" t="s">
+        <v>127</v>
+      </c>
+      <c r="C15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>107</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>129</v>
+      </c>
+      <c r="M15" t="s">
+        <v>130</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>131</v>
+      </c>
+      <c r="P15" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>133</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>136</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>137</v>
+      </c>
+      <c r="B17" t="s">
+        <v>138</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
+        <v>139</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>130</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>144</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>44</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>107</v>
+      </c>
+      <c r="G19" t="s">
+        <v>152</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D20" t="s">
+        <v>160</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>153</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>161</v>
+      </c>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>159</v>
+      </c>
+      <c r="D21" t="s">
+        <v>160</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>167</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>55</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>173</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>174</v>
+      </c>
+      <c r="P22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>159</v>
+      </c>
+      <c r="D23" t="s">
+        <v>160</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2005</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>178</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>179</v>
+      </c>
+      <c r="M23" t="s">
+        <v>162</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>159</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>108</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>184</v>
+      </c>
+      <c r="M24" t="s">
+        <v>162</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>185</v>
+      </c>
+      <c r="P24" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>159</v>
+      </c>
+      <c r="D25" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>153</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>189</v>
+      </c>
+      <c r="M25" t="s">
+        <v>162</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B26" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" t="s">
+        <v>194</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" t="s">
+        <v>152</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>56</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" t="s">
+        <v>58</v>
+      </c>
+      <c r="O26" t="s">
+        <v>196</v>
+      </c>
+      <c r="P26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>198</v>
+      </c>
+      <c r="B27" t="s">
+        <v>199</v>
+      </c>
+      <c r="C27" t="s">
+        <v>200</v>
+      </c>
+      <c r="D27" t="s">
+        <v>201</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>99</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>202</v>
+      </c>
+      <c r="M27" t="s">
+        <v>203</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>204</v>
+      </c>
+      <c r="P27" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>206</v>
+      </c>
+      <c r="B28" t="s">
+        <v>207</v>
+      </c>
+      <c r="C28" t="s">
+        <v>200</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>209</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>210</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>213</v>
+      </c>
+      <c r="D29" t="s">
+        <v>208</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>214</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>215</v>
+      </c>
+      <c r="P29" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>213</v>
+      </c>
+      <c r="D30" t="s">
+        <v>219</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>214</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>36</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>200</v>
+      </c>
+      <c r="D31" t="s">
+        <v>219</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G31" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>209</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" t="s">
+        <v>227</v>
+      </c>
+      <c r="C32" t="s">
+        <v>213</v>
+      </c>
+      <c r="D32" t="s">
+        <v>228</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>214</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>229</v>
+      </c>
+      <c r="P32" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
+        <v>200</v>
+      </c>
+      <c r="D33" t="s">
+        <v>228</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>209</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>210</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>237</v>
+      </c>
+      <c r="D34" t="s">
+        <v>238</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>107</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>44</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>240</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>241</v>
+      </c>
+      <c r="P34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>245</v>
+      </c>
+      <c r="D35" t="s">
+        <v>246</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>107</v>
+      </c>
+      <c r="G35" t="s">
+        <v>152</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>167</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>247</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>248</v>
+      </c>
+      <c r="P35" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>250</v>
+      </c>
+      <c r="B36" t="s">
+        <v>251</v>
+      </c>
+      <c r="C36" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" t="s">
+        <v>77</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>82</v>
+      </c>
+      <c r="G36" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>167</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>252</v>
+      </c>
+      <c r="M36" t="s">
+        <v>253</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>254</v>
+      </c>
+      <c r="P36" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>256</v>
+      </c>
+      <c r="B37" t="s">
+        <v>257</v>
+      </c>
+      <c r="C37" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" t="s">
+        <v>77</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>82</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2003</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>167</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>189</v>
+      </c>
+      <c r="M37" t="s">
+        <v>253</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>258</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>260</v>
+      </c>
+      <c r="B38" t="s">
+        <v>261</v>
+      </c>
+      <c r="C38" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" t="s">
+        <v>160</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>82</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>153</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>262</v>
+      </c>
+      <c r="M38" t="s">
+        <v>253</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>159</v>
+      </c>
+      <c r="D39" t="s">
+        <v>77</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>82</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>153</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>262</v>
+      </c>
+      <c r="M39" t="s">
+        <v>253</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>267</v>
+      </c>
+      <c r="P39" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>269</v>
+      </c>
+      <c r="B40" t="s">
+        <v>270</v>
+      </c>
+      <c r="C40" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" t="s">
+        <v>160</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>82</v>
+      </c>
+      <c r="G40" t="s">
+        <v>55</v>
+      </c>
+      <c r="H40">
+        <v>2019</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>153</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>271</v>
+      </c>
+      <c r="M40" t="s">
+        <v>253</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>272</v>
+      </c>
+      <c r="P40" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>274</v>
+      </c>
+      <c r="B41" t="s">
+        <v>275</v>
+      </c>
+      <c r="C41" t="s">
+        <v>159</v>
+      </c>
+      <c r="D41" t="s">
+        <v>115</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>82</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41">
+        <v>2013</v>
+      </c>
+      <c r="J41" t="s">
+        <v>167</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>276</v>
+      </c>
+      <c r="M41" t="s">
+        <v>253</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>277</v>
+      </c>
+      <c r="P41" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>279</v>
+      </c>
+      <c r="B42" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" t="s">
+        <v>159</v>
+      </c>
+      <c r="D42" t="s">
+        <v>160</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>82</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2008</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
+      <c r="J42" t="s">
+        <v>167</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>281</v>
+      </c>
+      <c r="M42" t="s">
+        <v>253</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>282</v>
+      </c>
+      <c r="P42" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>284</v>
+      </c>
+      <c r="B43" t="s">
+        <v>285</v>
+      </c>
+      <c r="C43" t="s">
+        <v>159</v>
+      </c>
+      <c r="D43" t="s">
+        <v>115</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>82</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2016</v>
+      </c>
+      <c r="J43" t="s">
+        <v>153</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>286</v>
+      </c>
+      <c r="M43" t="s">
+        <v>253</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>287</v>
+      </c>
+      <c r="P43" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>289</v>
+      </c>
+      <c r="B44" t="s">
+        <v>280</v>
+      </c>
+      <c r="C44" t="s">
+        <v>159</v>
+      </c>
+      <c r="D44" t="s">
+        <v>160</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>82</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>167</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>290</v>
+      </c>
+      <c r="M44" t="s">
+        <v>253</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>291</v>
+      </c>
+      <c r="P44" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>293</v>
+      </c>
+      <c r="B45" t="s">
+        <v>294</v>
+      </c>
+      <c r="C45" t="s">
+        <v>159</v>
+      </c>
+      <c r="D45" t="s">
+        <v>77</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>82</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2003</v>
+      </c>
+      <c r="I45">
+        <v>2016</v>
+      </c>
+      <c r="J45" t="s">
+        <v>167</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>295</v>
+      </c>
+      <c r="M45" t="s">
+        <v>253</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>296</v>
+      </c>
+      <c r="P45" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>298</v>
+      </c>
+      <c r="B46" t="s">
+        <v>299</v>
+      </c>
+      <c r="C46" t="s">
+        <v>159</v>
+      </c>
+      <c r="D46" t="s">
+        <v>115</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>82</v>
+      </c>
+      <c r="G46" t="s">
+        <v>55</v>
+      </c>
+      <c r="H46">
+        <v>2019</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>153</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>300</v>
+      </c>
+      <c r="M46" t="s">
+        <v>253</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>301</v>
+      </c>
+      <c r="P46" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>303</v>
+      </c>
+      <c r="B47" t="s">
+        <v>304</v>
+      </c>
+      <c r="C47" t="s">
+        <v>305</v>
+      </c>
+      <c r="D47" t="s">
+        <v>77</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>107</v>
+      </c>
+      <c r="G47" t="s">
+        <v>55</v>
+      </c>
+      <c r="H47">
+        <v>2019</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>116</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>306</v>
+      </c>
+      <c r="M47" t="s">
+        <v>307</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>308</v>
+      </c>
+      <c r="P47" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>310</v>
+      </c>
+      <c r="B48" t="s">
+        <v>311</v>
+      </c>
+      <c r="C48" t="s">
+        <v>312</v>
+      </c>
+      <c r="D48" t="s">
+        <v>313</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>314</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48">
+        <v>2023</v>
+      </c>
+      <c r="J48" t="s">
+        <v>315</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>316</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>317</v>
+      </c>
+      <c r="P48" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>319</v>
+      </c>
+      <c r="B49" t="s">
+        <v>320</v>
+      </c>
+      <c r="C49" t="s">
+        <v>321</v>
+      </c>
+      <c r="D49" t="s">
+        <v>322</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>55</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>315</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>323</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>324</v>
+      </c>
+      <c r="P49" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>326</v>
+      </c>
+      <c r="B50" t="s">
+        <v>327</v>
+      </c>
+      <c r="C50" t="s">
+        <v>328</v>
+      </c>
+      <c r="D50" t="s">
+        <v>139</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>82</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>44</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>329</v>
+      </c>
+      <c r="M50" t="s">
+        <v>330</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>331</v>
+      </c>
+      <c r="P50" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>333</v>
+      </c>
+      <c r="B51" t="s">
+        <v>334</v>
+      </c>
+      <c r="C51" t="s">
+        <v>328</v>
+      </c>
+      <c r="D51" t="s">
+        <v>77</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>82</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>44</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>335</v>
+      </c>
+      <c r="M51" t="s">
+        <v>330</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>336</v>
+      </c>
+      <c r="P51" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>338</v>
+      </c>
+      <c r="B52" t="s">
+        <v>339</v>
+      </c>
+      <c r="C52" t="s">
+        <v>340</v>
+      </c>
+      <c r="D52" t="s">
+        <v>341</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>2020</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>342</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>343</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>344</v>
+      </c>
+      <c r="P52" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>346</v>
+      </c>
+      <c r="B53" t="s">
+        <v>347</v>
+      </c>
+      <c r="C53" t="s">
+        <v>348</v>
+      </c>
+      <c r="D53" t="s">
+        <v>53</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>54</v>
+      </c>
+      <c r="G53" t="s">
+        <v>152</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>56</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>349</v>
+      </c>
+      <c r="N53" t="s">
+        <v>58</v>
+      </c>
+      <c r="O53" t="s">
+        <v>350</v>
+      </c>
+      <c r="P53" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>352</v>
+      </c>
+      <c r="B54" t="s">
+        <v>353</v>
+      </c>
+      <c r="C54" t="s">
+        <v>354</v>
+      </c>
+      <c r="D54" t="s">
+        <v>77</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>152</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>355</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>356</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>357</v>
+      </c>
+      <c r="P54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>359</v>
+      </c>
+      <c r="B55" t="s">
+        <v>360</v>
+      </c>
+      <c r="C55" t="s">
+        <v>361</v>
+      </c>
+      <c r="D55" t="s">
+        <v>362</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>107</v>
+      </c>
+      <c r="G55" t="s">
+        <v>55</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>99</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>363</v>
+      </c>
+      <c r="M55" t="s">
+        <v>364</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>365</v>
+      </c>
+      <c r="P55"/>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>366</v>
+      </c>
+      <c r="B56" t="s">
+        <v>367</v>
+      </c>
+      <c r="C56" t="s">
+        <v>368</v>
+      </c>
+      <c r="D56" t="s">
+        <v>115</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>107</v>
+      </c>
+      <c r="G56" t="s">
+        <v>369</v>
+      </c>
+      <c r="H56">
+        <v>2023</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>214</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>370</v>
+      </c>
+      <c r="M56" t="s">
+        <v>371</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>372</v>
+      </c>
+      <c r="P56"/>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>373</v>
+      </c>
+      <c r="B57" t="s">
+        <v>374</v>
+      </c>
+      <c r="C57" t="s">
+        <v>375</v>
+      </c>
+      <c r="D57" t="s">
+        <v>238</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>107</v>
+      </c>
+      <c r="G57" t="s">
+        <v>152</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>65</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>376</v>
+      </c>
+      <c r="M57" t="s">
+        <v>377</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>378</v>
+      </c>
+      <c r="P57" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>380</v>
+      </c>
+      <c r="B58" t="s">
+        <v>381</v>
+      </c>
+      <c r="C58" t="s">
+        <v>382</v>
+      </c>
+      <c r="D58" t="s">
+        <v>383</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>107</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58"/>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>65</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>384</v>
+      </c>
+      <c r="M58" t="s">
+        <v>385</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>386</v>
+      </c>
+      <c r="P58" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>388</v>
+      </c>
+      <c r="B59" t="s">
+        <v>389</v>
+      </c>
+      <c r="C59" t="s">
+        <v>390</v>
+      </c>
+      <c r="D59" t="s">
+        <v>77</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
+        <v>82</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2009</v>
+      </c>
+      <c r="I59">
+        <v>2015</v>
+      </c>
+      <c r="J59" t="s">
+        <v>108</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>391</v>
+      </c>
+      <c r="M59" t="s">
+        <v>392</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>393</v>
+      </c>
+      <c r="P59" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>395</v>
+      </c>
+      <c r="B60" t="s">
+        <v>396</v>
+      </c>
+      <c r="C60" t="s">
+        <v>397</v>
+      </c>
+      <c r="D60" t="s">
+        <v>398</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>107</v>
+      </c>
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60">
+        <v>2023</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>399</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>400</v>
+      </c>
+      <c r="M60" t="s">
+        <v>401</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>402</v>
+      </c>
+      <c r="P60" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>404</v>
+      </c>
+      <c r="B61" t="s">
+        <v>405</v>
+      </c>
+      <c r="C61" t="s">
+        <v>406</v>
+      </c>
+      <c r="D61" t="s">
+        <v>77</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>43</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1993</v>
+      </c>
+      <c r="I61">
+        <v>2009</v>
+      </c>
+      <c r="J61" t="s">
+        <v>116</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>407</v>
+      </c>
+      <c r="M61" t="s">
+        <v>408</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>409</v>
+      </c>
+      <c r="P61" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>411</v>
+      </c>
+      <c r="B62" t="s">
+        <v>412</v>
+      </c>
+      <c r="C62" t="s">
+        <v>413</v>
+      </c>
+      <c r="D62" t="s">
+        <v>77</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>82</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1996</v>
+      </c>
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>65</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>414</v>
+      </c>
+      <c r="M62" t="s">
+        <v>415</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>416</v>
+      </c>
+      <c r="P62" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>418</v>
+      </c>
+      <c r="B63" t="s">
+        <v>419</v>
+      </c>
+      <c r="C63" t="s">
+        <v>420</v>
+      </c>
+      <c r="D63" t="s">
+        <v>421</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>107</v>
+      </c>
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>422</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>423</v>
+      </c>
+      <c r="M63" t="s">
+        <v>424</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>425</v>
+      </c>
+      <c r="P63" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>427</v>
+      </c>
+      <c r="B64" t="s">
+        <v>428</v>
+      </c>
+      <c r="C64" t="s">
+        <v>368</v>
+      </c>
+      <c r="D64" t="s">
+        <v>429</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>107</v>
+      </c>
+      <c r="G64" t="s">
+        <v>55</v>
+      </c>
+      <c r="H64">
+        <v>2023</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>430</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>431</v>
+      </c>
+      <c r="M64" t="s">
+        <v>371</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>432</v>
+      </c>
+      <c r="P64" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>434</v>
+      </c>
+      <c r="B65" t="s">
+        <v>435</v>
+      </c>
+      <c r="C65" t="s">
+        <v>368</v>
+      </c>
+      <c r="D65" t="s">
+        <v>77</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>107</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2022</v>
+      </c>
+      <c r="J65" t="s">
+        <v>65</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>436</v>
+      </c>
+      <c r="M65" t="s">
+        <v>371</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>437</v>
+      </c>
+      <c r="P65" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>439</v>
+      </c>
+      <c r="B66" t="s">
+        <v>440</v>
+      </c>
+      <c r="C66" t="s">
+        <v>368</v>
+      </c>
+      <c r="D66" t="s">
+        <v>77</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>107</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2007</v>
+      </c>
+      <c r="I66">
+        <v>2024</v>
+      </c>
+      <c r="J66" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>441</v>
+      </c>
+      <c r="M66" t="s">
+        <v>371</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>442</v>
+      </c>
+      <c r="P66" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>444</v>
+      </c>
+      <c r="B67" t="s">
+        <v>445</v>
+      </c>
+      <c r="C67" t="s">
+        <v>368</v>
+      </c>
+      <c r="D67" t="s">
+        <v>446</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>8</v>
+      </c>
+      <c r="H67">
+        <v>2007</v>
+      </c>
+      <c r="I67">
+        <v>2025</v>
+      </c>
+      <c r="J67" t="s">
+        <v>399</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>371</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>447</v>
+      </c>
+      <c r="P67" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>449</v>
+      </c>
+      <c r="B68" t="s">
+        <v>450</v>
+      </c>
+      <c r="C68" t="s">
+        <v>368</v>
+      </c>
+      <c r="D68" t="s">
+        <v>77</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>107</v>
+      </c>
+      <c r="G68" t="s">
+        <v>55</v>
+      </c>
+      <c r="H68">
+        <v>2015</v>
+      </c>
+      <c r="I68">
+        <v>2022</v>
+      </c>
+      <c r="J68" t="s">
+        <v>65</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>451</v>
+      </c>
+      <c r="M68" t="s">
+        <v>371</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>452</v>
+      </c>
+      <c r="P68" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>454</v>
+      </c>
+      <c r="B69" t="s">
+        <v>455</v>
+      </c>
+      <c r="C69" t="s">
+        <v>456</v>
+      </c>
+      <c r="D69" t="s">
+        <v>457</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>107</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69">
+        <v>2019</v>
+      </c>
+      <c r="J69" t="s">
+        <v>65</v>
+      </c>
+      <c r="K69" t="s">
+        <v>45</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>458</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>459</v>
+      </c>
+      <c r="P69" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>461</v>
+      </c>
+      <c r="B70" t="s">
+        <v>462</v>
+      </c>
+      <c r="C70" t="s">
+        <v>463</v>
+      </c>
+      <c r="D70" t="s">
+        <v>464</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>465</v>
+      </c>
+      <c r="H70">
+        <v>2010</v>
+      </c>
+      <c r="I70">
+        <v>2011</v>
+      </c>
+      <c r="J70" t="s">
+        <v>466</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>467</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>468</v>
+      </c>
+      <c r="P70" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>470</v>
+      </c>
+      <c r="B71" t="s">
+        <v>471</v>
+      </c>
+      <c r="C71" t="s">
+        <v>463</v>
+      </c>
+      <c r="D71" t="s">
+        <v>472</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>107</v>
+      </c>
+      <c r="G71" t="s">
+        <v>465</v>
+      </c>
+      <c r="H71">
+        <v>2018</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>466</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>467</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>473</v>
+      </c>
+      <c r="P71" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>475</v>
+      </c>
+      <c r="B72" t="s">
+        <v>476</v>
+      </c>
+      <c r="C72" t="s">
+        <v>477</v>
+      </c>
+      <c r="D72" t="s">
+        <v>478</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>55</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>33</v>
+      </c>
+      <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>479</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>480</v>
+      </c>
+      <c r="P72" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>482</v>
+      </c>
+      <c r="B73" t="s">
+        <v>483</v>
+      </c>
+      <c r="C73" t="s">
+        <v>89</v>
+      </c>
+      <c r="D73" t="s">
+        <v>77</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2000</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
+        <v>116</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>484</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>485</v>
+      </c>
+      <c r="P73" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>487</v>
+      </c>
+      <c r="B74" t="s">
+        <v>488</v>
+      </c>
+      <c r="C74" t="s">
+        <v>213</v>
+      </c>
+      <c r="D74" t="s">
+        <v>122</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>82</v>
+      </c>
+      <c r="G74" t="s">
+        <v>55</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>422</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>489</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>490</v>
+      </c>
+      <c r="P74" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>492</v>
+      </c>
+      <c r="B75" t="s">
+        <v>493</v>
+      </c>
+      <c r="C75" t="s">
+        <v>494</v>
+      </c>
+      <c r="D75" t="s">
+        <v>122</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>82</v>
+      </c>
+      <c r="G75" t="s">
+        <v>55</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>167</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>495</v>
+      </c>
+      <c r="M75" t="s">
+        <v>496</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>497</v>
+      </c>
+      <c r="P75" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>499</v>
+      </c>
+      <c r="B76" t="s">
+        <v>500</v>
+      </c>
+      <c r="C76" t="s">
+        <v>494</v>
+      </c>
+      <c r="D76" t="s">
+        <v>160</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>82</v>
+      </c>
+      <c r="G76" t="s">
+        <v>55</v>
+      </c>
+      <c r="H76">
+        <v>2001</v>
+      </c>
+      <c r="I76">
+        <v>2012</v>
+      </c>
+      <c r="J76" t="s">
+        <v>167</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>501</v>
+      </c>
+      <c r="M76" t="s">
+        <v>496</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>502</v>
+      </c>
+      <c r="P76" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>504</v>
+      </c>
+      <c r="B77" t="s">
+        <v>505</v>
+      </c>
+      <c r="C77" t="s">
+        <v>494</v>
+      </c>
+      <c r="D77" t="s">
+        <v>160</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>82</v>
+      </c>
+      <c r="G77" t="s">
+        <v>55</v>
+      </c>
+      <c r="H77">
+        <v>2001</v>
+      </c>
+      <c r="I77">
+        <v>2018</v>
+      </c>
+      <c r="J77" t="s">
+        <v>167</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>506</v>
+      </c>
+      <c r="M77" t="s">
+        <v>496</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>507</v>
+      </c>
+      <c r="P77" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>509</v>
+      </c>
+      <c r="B78" t="s">
+        <v>510</v>
+      </c>
+      <c r="C78" t="s">
+        <v>494</v>
+      </c>
+      <c r="D78" t="s">
+        <v>160</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>82</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1995</v>
+      </c>
+      <c r="I78">
+        <v>2015</v>
+      </c>
+      <c r="J78" t="s">
+        <v>167</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>511</v>
+      </c>
+      <c r="M78" t="s">
+        <v>496</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>512</v>
+      </c>
+      <c r="P78" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>514</v>
+      </c>
+      <c r="B79" t="s">
+        <v>515</v>
+      </c>
+      <c r="C79" t="s">
+        <v>494</v>
+      </c>
+      <c r="D79" t="s">
+        <v>77</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>82</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2015</v>
+      </c>
+      <c r="J79" t="s">
+        <v>167</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>516</v>
+      </c>
+      <c r="M79" t="s">
+        <v>496</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>517</v>
+      </c>
+      <c r="P79" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>519</v>
+      </c>
+      <c r="B80" t="s">
+        <v>520</v>
+      </c>
+      <c r="C80" t="s">
+        <v>521</v>
+      </c>
+      <c r="D80" t="s">
+        <v>77</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>107</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...133 lines deleted...]
-      <c r="K6" t="s">
+      <c r="J80" t="s">
+        <v>522</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>523</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>524</v>
+      </c>
+      <c r="P80" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>526</v>
+      </c>
+      <c r="B81" t="s">
+        <v>527</v>
+      </c>
+      <c r="C81" t="s">
+        <v>528</v>
+      </c>
+      <c r="D81" t="s">
+        <v>362</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
         <v>55</v>
       </c>
-      <c r="L6" t="s">
-[...31 lines deleted...]
-      <c r="H7">
+      <c r="H81">
         <v>2017</v>
       </c>
-      <c r="I7" t="s">
-[...40 lines deleted...]
-      <c r="H8">
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>99</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>363</v>
+      </c>
+      <c r="M81" t="s">
+        <v>529</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>530</v>
+      </c>
+      <c r="P81" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>532</v>
+      </c>
+      <c r="B82" t="s">
+        <v>533</v>
+      </c>
+      <c r="C82" t="s">
+        <v>159</v>
+      </c>
+      <c r="D82" t="s">
+        <v>77</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>1989</v>
+      </c>
+      <c r="I82">
         <v>2018</v>
       </c>
-      <c r="I8" t="s">
-[...166 lines deleted...]
-      <c r="H12">
+      <c r="J82" t="s">
+        <v>167</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>179</v>
+      </c>
+      <c r="M82" t="s">
+        <v>162</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>534</v>
+      </c>
+      <c r="P82" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>536</v>
+      </c>
+      <c r="B83" t="s">
+        <v>537</v>
+      </c>
+      <c r="C83" t="s">
+        <v>159</v>
+      </c>
+      <c r="D83" t="s">
+        <v>115</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2004</v>
+      </c>
+      <c r="I83">
         <v>2017</v>
       </c>
-      <c r="I12" t="s">
-[...630 lines deleted...]
-      <c r="J27" t="s">
+      <c r="J83" t="s">
+        <v>167</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>538</v>
+      </c>
+      <c r="M83" t="s">
+        <v>162</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>539</v>
+      </c>
+      <c r="P83" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>541</v>
+      </c>
+      <c r="B84" t="s">
+        <v>280</v>
+      </c>
+      <c r="C84" t="s">
+        <v>159</v>
+      </c>
+      <c r="D84" t="s">
+        <v>160</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...2386 lines deleted...]
-        <v>2008</v>
+      <c r="G84" t="s">
+        <v>22</v>
       </c>
       <c r="H84">
         <v>2008</v>
       </c>
-      <c r="I84" t="s">
-        <v>130</v>
+      <c r="I84">
+        <v>2008</v>
       </c>
       <c r="J84" t="s">
-        <v>29</v>
+        <v>167</v>
       </c>
       <c r="K84" t="s">
-        <v>141</v>
+        <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>127</v>
+        <v>184</v>
       </c>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>162</v>
       </c>
       <c r="N84" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>542</v>
+      </c>
+      <c r="P84" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>385</v>
+        <v>544</v>
       </c>
       <c r="B85" t="s">
+        <v>251</v>
+      </c>
+      <c r="C85" t="s">
+        <v>159</v>
+      </c>
+      <c r="D85" t="s">
+        <v>77</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1989</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>153</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>545</v>
+      </c>
+      <c r="M85" t="s">
+        <v>546</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>547</v>
+      </c>
+      <c r="P85" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>549</v>
+      </c>
+      <c r="B86" t="s">
+        <v>550</v>
+      </c>
+      <c r="C86" t="s">
+        <v>551</v>
+      </c>
+      <c r="D86" t="s">
+        <v>552</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2008</v>
+      </c>
+      <c r="I86">
+        <v>2024</v>
+      </c>
+      <c r="J86" t="s">
+        <v>553</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>554</v>
+      </c>
+      <c r="M86" t="s">
+        <v>555</v>
+      </c>
+      <c r="N86" t="s">
+        <v>556</v>
+      </c>
+      <c r="O86" t="s">
+        <v>557</v>
+      </c>
+      <c r="P86" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>559</v>
+      </c>
+      <c r="B87" t="s">
+        <v>166</v>
+      </c>
+      <c r="C87" t="s">
+        <v>159</v>
+      </c>
+      <c r="D87" t="s">
+        <v>115</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>55</v>
+      </c>
+      <c r="H87">
+        <v>2013</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>153</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>168</v>
+      </c>
+      <c r="M87" t="s">
+        <v>560</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>561</v>
+      </c>
+      <c r="P87" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>563</v>
+      </c>
+      <c r="B88" t="s">
+        <v>158</v>
+      </c>
+      <c r="C88" t="s">
+        <v>159</v>
+      </c>
+      <c r="D88" t="s">
+        <v>160</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>55</v>
+      </c>
+      <c r="H88">
+        <v>2020</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>153</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88" t="s">
+        <v>161</v>
+      </c>
+      <c r="M88" t="s">
+        <v>560</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>564</v>
+      </c>
+      <c r="P88" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>566</v>
+      </c>
+      <c r="B89" t="s">
+        <v>567</v>
+      </c>
+      <c r="C89" t="s">
+        <v>159</v>
+      </c>
+      <c r="D89" t="s">
+        <v>568</v>
+      </c>
+      <c r="E89" t="s">
+        <v>42</v>
+      </c>
+      <c r="F89" t="s">
+        <v>82</v>
+      </c>
+      <c r="G89" t="s">
+        <v>55</v>
+      </c>
+      <c r="H89">
+        <v>2021</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>65</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89" t="s">
+        <v>569</v>
+      </c>
+      <c r="M89" t="s">
+        <v>570</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>571</v>
+      </c>
+      <c r="P89" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>573</v>
+      </c>
+      <c r="B90" t="s">
+        <v>574</v>
+      </c>
+      <c r="C90" t="s">
+        <v>575</v>
+      </c>
+      <c r="D90" t="s">
+        <v>77</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1986</v>
+      </c>
+      <c r="I90">
+        <v>1988</v>
+      </c>
+      <c r="J90" t="s">
+        <v>108</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>576</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>577</v>
+      </c>
+      <c r="P90" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>579</v>
+      </c>
+      <c r="B91" t="s">
+        <v>580</v>
+      </c>
+      <c r="C91" t="s">
+        <v>581</v>
+      </c>
+      <c r="D91" t="s">
+        <v>429</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>107</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>582</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>583</v>
+      </c>
+      <c r="M91" t="s">
+        <v>584</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>585</v>
+      </c>
+      <c r="P91" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>587</v>
+      </c>
+      <c r="B92" t="s">
+        <v>588</v>
+      </c>
+      <c r="C92" t="s">
+        <v>348</v>
+      </c>
+      <c r="D92" t="s">
+        <v>589</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>54</v>
+      </c>
+      <c r="G92" t="s">
+        <v>55</v>
+      </c>
+      <c r="H92">
+        <v>2022</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>56</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>590</v>
+      </c>
+      <c r="N92" t="s">
+        <v>58</v>
+      </c>
+      <c r="O92" t="s">
+        <v>591</v>
+      </c>
+      <c r="P92" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>593</v>
+      </c>
+      <c r="B93" t="s">
+        <v>594</v>
+      </c>
+      <c r="C93" t="s">
+        <v>595</v>
+      </c>
+      <c r="D93" t="s">
+        <v>596</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>55</v>
+      </c>
+      <c r="H93">
+        <v>2022</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>597</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>598</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>599</v>
+      </c>
+      <c r="P93" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>601</v>
+      </c>
+      <c r="B94" t="s">
+        <v>602</v>
+      </c>
+      <c r="C94" t="s">
+        <v>595</v>
+      </c>
+      <c r="D94" t="s">
+        <v>596</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>107</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2010</v>
+      </c>
+      <c r="I94">
+        <v>2019</v>
+      </c>
+      <c r="J94" t="s">
+        <v>603</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>604</v>
+      </c>
+      <c r="M94" t="s">
+        <v>598</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>605</v>
+      </c>
+      <c r="P94" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>607</v>
+      </c>
+      <c r="B95" t="s">
+        <v>608</v>
+      </c>
+      <c r="C95" t="s">
+        <v>595</v>
+      </c>
+      <c r="D95" t="s">
+        <v>122</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>55</v>
+      </c>
+      <c r="H95">
+        <v>2012</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>603</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
         <v>124</v>
       </c>
-      <c r="C85" t="s">
-[...14 lines deleted...]
-      <c r="H85">
+      <c r="M95" t="s">
+        <v>598</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>609</v>
+      </c>
+      <c r="P95" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>611</v>
+      </c>
+      <c r="B96" t="s">
+        <v>612</v>
+      </c>
+      <c r="C96" t="s">
+        <v>595</v>
+      </c>
+      <c r="D96" t="s">
+        <v>115</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2008</v>
+      </c>
+      <c r="I96">
+        <v>2012</v>
+      </c>
+      <c r="J96" t="s">
+        <v>603</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>613</v>
+      </c>
+      <c r="M96" t="s">
+        <v>598</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>614</v>
+      </c>
+      <c r="P96" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>616</v>
+      </c>
+      <c r="B97" t="s">
+        <v>617</v>
+      </c>
+      <c r="C97" t="s">
+        <v>390</v>
+      </c>
+      <c r="D97" t="s">
+        <v>139</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>82</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2011</v>
+      </c>
+      <c r="I97">
+        <v>2013</v>
+      </c>
+      <c r="J97" t="s">
+        <v>108</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>392</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>618</v>
+      </c>
+      <c r="P97" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>620</v>
+      </c>
+      <c r="B98" t="s">
+        <v>621</v>
+      </c>
+      <c r="C98" t="s">
+        <v>390</v>
+      </c>
+      <c r="D98" t="s">
+        <v>77</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>82</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2005</v>
+      </c>
+      <c r="I98">
+        <v>2013</v>
+      </c>
+      <c r="J98" t="s">
+        <v>108</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98" t="s">
+        <v>622</v>
+      </c>
+      <c r="M98" t="s">
+        <v>623</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>624</v>
+      </c>
+      <c r="P98" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>626</v>
+      </c>
+      <c r="B99" t="s">
+        <v>627</v>
+      </c>
+      <c r="C99" t="s">
+        <v>628</v>
+      </c>
+      <c r="D99" t="s">
+        <v>77</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>107</v>
+      </c>
+      <c r="G99" t="s">
+        <v>152</v>
+      </c>
+      <c r="H99"/>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>629</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>630</v>
+      </c>
+      <c r="M99" t="s">
+        <v>631</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>632</v>
+      </c>
+      <c r="P99"/>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>633</v>
+      </c>
+      <c r="B100" t="s">
+        <v>634</v>
+      </c>
+      <c r="C100" t="s">
+        <v>635</v>
+      </c>
+      <c r="D100" t="s">
+        <v>77</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>107</v>
+      </c>
+      <c r="G100" t="s">
+        <v>636</v>
+      </c>
+      <c r="H100">
+        <v>2015</v>
+      </c>
+      <c r="I100">
+        <v>2018</v>
+      </c>
+      <c r="J100" t="s">
+        <v>123</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>637</v>
+      </c>
+      <c r="M100" t="s">
+        <v>584</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>638</v>
+      </c>
+      <c r="P100" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>640</v>
+      </c>
+      <c r="B101" t="s">
+        <v>641</v>
+      </c>
+      <c r="C101" t="s">
+        <v>642</v>
+      </c>
+      <c r="D101" t="s">
+        <v>643</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>43</v>
+      </c>
+      <c r="G101" t="s">
+        <v>152</v>
+      </c>
+      <c r="H101"/>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>153</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>644</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>645</v>
+      </c>
+      <c r="P101"/>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>646</v>
+      </c>
+      <c r="B102" t="s">
+        <v>647</v>
+      </c>
+      <c r="C102" t="s">
+        <v>642</v>
+      </c>
+      <c r="D102" t="s">
+        <v>643</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>152</v>
+      </c>
+      <c r="H102"/>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>153</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>644</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>648</v>
+      </c>
+      <c r="P102"/>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>649</v>
+      </c>
+      <c r="B103" t="s">
+        <v>650</v>
+      </c>
+      <c r="C103" t="s">
+        <v>406</v>
+      </c>
+      <c r="D103" t="s">
+        <v>115</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>82</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>116</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>408</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>651</v>
+      </c>
+      <c r="P103" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>653</v>
+      </c>
+      <c r="B104" t="s">
+        <v>654</v>
+      </c>
+      <c r="C104" t="s">
+        <v>406</v>
+      </c>
+      <c r="D104" t="s">
+        <v>115</v>
+      </c>
+      <c r="E104" t="s">
+        <v>42</v>
+      </c>
+      <c r="F104" t="s">
+        <v>82</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>1996</v>
+      </c>
+      <c r="I104">
+        <v>2010</v>
+      </c>
+      <c r="J104" t="s">
+        <v>116</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>408</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>655</v>
+      </c>
+      <c r="P104" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>656</v>
+      </c>
+      <c r="B105" t="s">
+        <v>657</v>
+      </c>
+      <c r="C105" t="s">
+        <v>321</v>
+      </c>
+      <c r="D105" t="s">
+        <v>429</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>107</v>
+      </c>
+      <c r="G105" t="s">
+        <v>55</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105">
+        <v>2024</v>
+      </c>
+      <c r="J105" t="s">
+        <v>658</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>659</v>
+      </c>
+      <c r="M105" t="s">
+        <v>323</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>660</v>
+      </c>
+      <c r="P105" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>662</v>
+      </c>
+      <c r="B106" t="s">
+        <v>663</v>
+      </c>
+      <c r="C106" t="s">
+        <v>664</v>
+      </c>
+      <c r="D106" t="s">
+        <v>77</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>43</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2008</v>
+      </c>
+      <c r="I106">
         <v>2020</v>
       </c>
-      <c r="I85" t="s">
-[...37 lines deleted...]
-      <c r="G86">
+      <c r="J106" t="s">
+        <v>466</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>665</v>
+      </c>
+      <c r="M106" t="s">
+        <v>666</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>667</v>
+      </c>
+      <c r="P106" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>669</v>
+      </c>
+      <c r="B107" t="s">
+        <v>670</v>
+      </c>
+      <c r="C107" t="s">
+        <v>671</v>
+      </c>
+      <c r="D107" t="s">
+        <v>77</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>1996</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
+      <c r="J107" t="s">
+        <v>44</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>672</v>
+      </c>
+      <c r="M107" t="s">
+        <v>673</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>674</v>
+      </c>
+      <c r="P107" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>676</v>
+      </c>
+      <c r="B108" t="s">
+        <v>677</v>
+      </c>
+      <c r="C108" t="s">
+        <v>671</v>
+      </c>
+      <c r="D108" t="s">
+        <v>77</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>43</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>1996</v>
+      </c>
+      <c r="I108">
+        <v>2019</v>
+      </c>
+      <c r="J108" t="s">
+        <v>44</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>672</v>
+      </c>
+      <c r="M108" t="s">
+        <v>673</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>678</v>
+      </c>
+      <c r="P108" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>680</v>
+      </c>
+      <c r="B109" t="s">
+        <v>681</v>
+      </c>
+      <c r="C109" t="s">
+        <v>682</v>
+      </c>
+      <c r="D109" t="s">
+        <v>77</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2008</v>
       </c>
-      <c r="H86">
-[...626 lines deleted...]
-      <c r="E101" t="s">
+      <c r="I109">
+        <v>2006</v>
+      </c>
+      <c r="J109" t="s">
+        <v>683</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>684</v>
+      </c>
+      <c r="M109" t="s">
+        <v>685</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>686</v>
+      </c>
+      <c r="P109" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>688</v>
+      </c>
+      <c r="B110" t="s">
+        <v>689</v>
+      </c>
+      <c r="C110" t="s">
+        <v>682</v>
+      </c>
+      <c r="D110" t="s">
+        <v>77</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>55</v>
+      </c>
+      <c r="H110">
+        <v>2009</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>683</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>685</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>690</v>
+      </c>
+      <c r="P110" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>691</v>
+      </c>
+      <c r="B111" t="s">
+        <v>692</v>
+      </c>
+      <c r="C111" t="s">
+        <v>682</v>
+      </c>
+      <c r="D111" t="s">
+        <v>160</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>55</v>
+      </c>
+      <c r="H111">
+        <v>2009</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>683</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>693</v>
+      </c>
+      <c r="M111" t="s">
+        <v>685</v>
+      </c>
+      <c r="N111" t="s">
         <v>36</v>
       </c>
-      <c r="F101" t="s">
-[...445 lines deleted...]
-    <row r="112" spans="1:14">
+      <c r="O111" t="s">
+        <v>694</v>
+      </c>
+      <c r="P111" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>489</v>
+        <v>695</v>
       </c>
       <c r="B112" t="s">
-        <v>479</v>
+        <v>696</v>
       </c>
       <c r="C112" t="s">
-        <v>91</v>
+        <v>682</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>115</v>
       </c>
       <c r="E112" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>107</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
       </c>
       <c r="H112">
         <v>2002</v>
       </c>
-      <c r="I112" t="s">
-        <v>480</v>
+      <c r="I112">
+        <v>2002</v>
       </c>
       <c r="J112" t="s">
-        <v>29</v>
+        <v>683</v>
       </c>
       <c r="K112" t="s">
-        <v>490</v>
+        <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>482</v>
+        <v>697</v>
       </c>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>685</v>
       </c>
       <c r="N112" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>698</v>
+      </c>
+      <c r="P112" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>492</v>
+        <v>699</v>
       </c>
       <c r="B113" t="s">
-        <v>479</v>
+        <v>700</v>
       </c>
       <c r="C113" t="s">
-        <v>493</v>
+        <v>682</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>701</v>
       </c>
       <c r="E113" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G113">
+        <v>107</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>1999</v>
       </c>
-      <c r="H113">
+      <c r="I113">
         <v>2009</v>
       </c>
-      <c r="I113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J113" t="s">
-        <v>29</v>
+        <v>683</v>
       </c>
       <c r="K113" t="s">
-        <v>494</v>
+        <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>482</v>
+        <v>702</v>
       </c>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>685</v>
       </c>
       <c r="N113" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>703</v>
+      </c>
+      <c r="P113" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>496</v>
+        <v>704</v>
       </c>
       <c r="B114" t="s">
-        <v>479</v>
+        <v>705</v>
       </c>
       <c r="C114" t="s">
-        <v>62</v>
+        <v>682</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E114" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>107</v>
+      </c>
+      <c r="G114" t="s">
+        <v>55</v>
+      </c>
+      <c r="H114">
         <v>2002</v>
       </c>
-      <c r="H114"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>29</v>
+        <v>683</v>
       </c>
       <c r="K114" t="s">
-        <v>497</v>
+        <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>482</v>
+        <v>706</v>
       </c>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>685</v>
       </c>
       <c r="N114" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>707</v>
+      </c>
+      <c r="P114" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>499</v>
+        <v>708</v>
       </c>
       <c r="B115" t="s">
-        <v>479</v>
+        <v>709</v>
       </c>
       <c r="C115" t="s">
-        <v>109</v>
+        <v>682</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E115" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>107</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
-      <c r="I115" t="s">
-        <v>480</v>
+      <c r="I115">
+        <v>2012</v>
       </c>
       <c r="J115" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
+        <v>685</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>710</v>
+      </c>
+      <c r="P115" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>711</v>
+      </c>
+      <c r="B116" t="s">
+        <v>712</v>
+      </c>
+      <c r="C116" t="s">
+        <v>713</v>
+      </c>
+      <c r="D116" t="s">
+        <v>228</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2013</v>
+      </c>
+      <c r="I116">
+        <v>2014</v>
+      </c>
+      <c r="J116" t="s">
+        <v>167</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>714</v>
+      </c>
+      <c r="M116" t="s">
+        <v>715</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>716</v>
+      </c>
+      <c r="P116"/>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>717</v>
+      </c>
+      <c r="B117" t="s">
+        <v>718</v>
+      </c>
+      <c r="C117" t="s">
+        <v>713</v>
+      </c>
+      <c r="D117" t="s">
+        <v>77</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>43</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2012</v>
+      </c>
+      <c r="I117">
+        <v>2013</v>
+      </c>
+      <c r="J117" t="s">
+        <v>167</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117" t="s">
+        <v>714</v>
+      </c>
+      <c r="M117" t="s">
+        <v>715</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>719</v>
+      </c>
+      <c r="P117" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>721</v>
+      </c>
+      <c r="B118" t="s">
+        <v>722</v>
+      </c>
+      <c r="C118" t="s">
+        <v>723</v>
+      </c>
+      <c r="D118" t="s">
+        <v>724</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>43</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>1996</v>
+      </c>
+      <c r="I118">
+        <v>2017</v>
+      </c>
+      <c r="J118" t="s">
+        <v>116</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>725</v>
+      </c>
+      <c r="M118" t="s">
+        <v>726</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>727</v>
+      </c>
+      <c r="P118" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>729</v>
+      </c>
+      <c r="B119" t="s">
+        <v>627</v>
+      </c>
+      <c r="C119" t="s">
+        <v>723</v>
+      </c>
+      <c r="D119" t="s">
+        <v>77</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>55</v>
+      </c>
+      <c r="H119">
+        <v>2017</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>116</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>726</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>730</v>
+      </c>
+      <c r="P119" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>731</v>
+      </c>
+      <c r="B120" t="s">
+        <v>732</v>
+      </c>
+      <c r="C120" t="s">
+        <v>733</v>
+      </c>
+      <c r="D120" t="s">
+        <v>77</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2016</v>
+      </c>
+      <c r="I120">
+        <v>2019</v>
+      </c>
+      <c r="J120" t="s">
+        <v>44</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>734</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>735</v>
+      </c>
+      <c r="P120" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>737</v>
+      </c>
+      <c r="B121" t="s">
+        <v>738</v>
+      </c>
+      <c r="C121" t="s">
+        <v>739</v>
+      </c>
+      <c r="D121" t="s">
+        <v>740</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>107</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2005</v>
+      </c>
+      <c r="I121">
+        <v>2008</v>
+      </c>
+      <c r="J121" t="s">
+        <v>99</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>741</v>
+      </c>
+      <c r="M121" t="s">
+        <v>742</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>743</v>
+      </c>
+      <c r="P121" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>745</v>
+      </c>
+      <c r="B122" t="s">
+        <v>746</v>
+      </c>
+      <c r="C122" t="s">
+        <v>747</v>
+      </c>
+      <c r="D122" t="s">
+        <v>748</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>107</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2004</v>
+      </c>
+      <c r="I122">
+        <v>2010</v>
+      </c>
+      <c r="J122" t="s">
+        <v>466</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>749</v>
+      </c>
+      <c r="M122" t="s">
+        <v>750</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>751</v>
+      </c>
+      <c r="P122" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>753</v>
+      </c>
+      <c r="B123" t="s">
+        <v>754</v>
+      </c>
+      <c r="C123" t="s">
+        <v>747</v>
+      </c>
+      <c r="D123" t="s">
+        <v>77</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>43</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2009</v>
+      </c>
+      <c r="I123">
+        <v>2012</v>
+      </c>
+      <c r="J123" t="s">
+        <v>65</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>750</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>755</v>
+      </c>
+      <c r="P123" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>753</v>
+      </c>
+      <c r="B124" t="s">
+        <v>30</v>
+      </c>
+      <c r="C124" t="s">
+        <v>747</v>
+      </c>
+      <c r="D124" t="s">
+        <v>77</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2010</v>
+      </c>
+      <c r="I124">
+        <v>2012</v>
+      </c>
+      <c r="J124" t="s">
+        <v>65</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>35</v>
+      </c>
+      <c r="M124" t="s">
+        <v>750</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>757</v>
+      </c>
+      <c r="P124" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>758</v>
+      </c>
+      <c r="B125" t="s">
+        <v>759</v>
+      </c>
+      <c r="C125" t="s">
+        <v>739</v>
+      </c>
+      <c r="D125" t="s">
+        <v>139</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>55</v>
+      </c>
+      <c r="H125">
+        <v>2022</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>760</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>742</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>761</v>
+      </c>
+      <c r="P125" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>763</v>
+      </c>
+      <c r="B126" t="s">
+        <v>764</v>
+      </c>
+      <c r="C126" t="s">
+        <v>739</v>
+      </c>
+      <c r="D126" t="s">
+        <v>472</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>55</v>
+      </c>
+      <c r="H126">
+        <v>2022</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>760</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>742</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>765</v>
+      </c>
+      <c r="P126" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>766</v>
+      </c>
+      <c r="B127" t="s">
+        <v>767</v>
+      </c>
+      <c r="C127" t="s">
+        <v>413</v>
+      </c>
+      <c r="D127" t="s">
+        <v>768</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>107</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2008</v>
+      </c>
+      <c r="I127">
+        <v>2020</v>
+      </c>
+      <c r="J127" t="s">
+        <v>44</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127" t="s">
+        <v>769</v>
+      </c>
+      <c r="M127" t="s">
+        <v>770</v>
+      </c>
+      <c r="N127" t="s">
+        <v>36</v>
+      </c>
+      <c r="O127" t="s">
+        <v>771</v>
+      </c>
+      <c r="P127" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>773</v>
+      </c>
+      <c r="B128" t="s">
+        <v>774</v>
+      </c>
+      <c r="C128" t="s">
+        <v>382</v>
+      </c>
+      <c r="D128" t="s">
+        <v>77</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>43</v>
+      </c>
+      <c r="G128" t="s">
+        <v>369</v>
+      </c>
+      <c r="H128">
+        <v>2008</v>
+      </c>
+      <c r="I128">
+        <v>2014</v>
+      </c>
+      <c r="J128" t="s">
+        <v>603</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>775</v>
+      </c>
+      <c r="M128" t="s">
+        <v>776</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>777</v>
+      </c>
+      <c r="P128" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>779</v>
+      </c>
+      <c r="B129" t="s">
+        <v>780</v>
+      </c>
+      <c r="C129" t="s">
+        <v>382</v>
+      </c>
+      <c r="D129" t="s">
+        <v>781</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>43</v>
+      </c>
+      <c r="G129" t="s">
+        <v>55</v>
+      </c>
+      <c r="H129">
+        <v>2024</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>399</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>776</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>782</v>
+      </c>
+      <c r="P129" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>783</v>
+      </c>
+      <c r="B130" t="s">
+        <v>784</v>
+      </c>
+      <c r="C130" t="s">
+        <v>382</v>
+      </c>
+      <c r="D130" t="s">
+        <v>77</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>43</v>
+      </c>
+      <c r="G130" t="s">
+        <v>8</v>
+      </c>
+      <c r="H130">
+        <v>2008</v>
+      </c>
+      <c r="I130">
+        <v>2014</v>
+      </c>
+      <c r="J130" t="s">
+        <v>603</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>785</v>
+      </c>
+      <c r="M130" t="s">
+        <v>776</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>786</v>
+      </c>
+      <c r="P130" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>787</v>
+      </c>
+      <c r="B131" t="s">
+        <v>788</v>
+      </c>
+      <c r="C131" t="s">
+        <v>382</v>
+      </c>
+      <c r="D131" t="s">
+        <v>160</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>43</v>
+      </c>
+      <c r="G131" t="s">
+        <v>369</v>
+      </c>
+      <c r="H131">
+        <v>2021</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>603</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>789</v>
+      </c>
+      <c r="M131" t="s">
+        <v>776</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>790</v>
+      </c>
+      <c r="P131" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>791</v>
+      </c>
+      <c r="B132" t="s">
+        <v>627</v>
+      </c>
+      <c r="C132" t="s">
+        <v>792</v>
+      </c>
+      <c r="D132" t="s">
+        <v>77</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>107</v>
+      </c>
+      <c r="G132" t="s">
+        <v>152</v>
+      </c>
+      <c r="H132"/>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>99</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>793</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>794</v>
+      </c>
+      <c r="P132" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>791</v>
+      </c>
+      <c r="B133" t="s">
+        <v>627</v>
+      </c>
+      <c r="C133" t="s">
+        <v>796</v>
+      </c>
+      <c r="D133" t="s">
+        <v>77</v>
+      </c>
+      <c r="E133" t="s">
+        <v>42</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>152</v>
+      </c>
+      <c r="H133"/>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>99</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>644</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>797</v>
+      </c>
+      <c r="P133" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>791</v>
+      </c>
+      <c r="B134" t="s">
+        <v>627</v>
+      </c>
+      <c r="C134" t="s">
+        <v>796</v>
+      </c>
+      <c r="D134" t="s">
+        <v>77</v>
+      </c>
+      <c r="E134" t="s">
+        <v>42</v>
+      </c>
+      <c r="F134" t="s">
+        <v>43</v>
+      </c>
+      <c r="G134" t="s">
+        <v>152</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>99</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>644</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>799</v>
+      </c>
+      <c r="P134" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>791</v>
+      </c>
+      <c r="B135" t="s">
+        <v>627</v>
+      </c>
+      <c r="C135" t="s">
+        <v>800</v>
+      </c>
+      <c r="D135" t="s">
+        <v>77</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>801</v>
+      </c>
+      <c r="G135" t="s">
+        <v>152</v>
+      </c>
+      <c r="H135"/>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>99</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>802</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>803</v>
+      </c>
+      <c r="P135" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>791</v>
+      </c>
+      <c r="B136" t="s">
+        <v>805</v>
+      </c>
+      <c r="C136" t="s">
+        <v>397</v>
+      </c>
+      <c r="D136" t="s">
+        <v>77</v>
+      </c>
+      <c r="E136" t="s">
+        <v>806</v>
+      </c>
+      <c r="F136" t="s">
+        <v>107</v>
+      </c>
+      <c r="G136" t="s">
+        <v>152</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>99</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>807</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>808</v>
+      </c>
+      <c r="P136" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>791</v>
+      </c>
+      <c r="B137" t="s">
+        <v>810</v>
+      </c>
+      <c r="C137" t="s">
+        <v>811</v>
+      </c>
+      <c r="D137" t="s">
+        <v>77</v>
+      </c>
+      <c r="E137" t="s">
+        <v>42</v>
+      </c>
+      <c r="F137" t="s">
+        <v>107</v>
+      </c>
+      <c r="G137" t="s">
+        <v>55</v>
+      </c>
+      <c r="H137">
+        <v>2015</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>65</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>812</v>
+      </c>
+      <c r="M137" t="s">
+        <v>631</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>813</v>
+      </c>
+      <c r="P137" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>815</v>
+      </c>
+      <c r="B138" t="s">
+        <v>816</v>
+      </c>
+      <c r="C138" t="s">
+        <v>817</v>
+      </c>
+      <c r="D138" t="s">
+        <v>77</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>107</v>
+      </c>
+      <c r="G138" t="s">
+        <v>55</v>
+      </c>
+      <c r="H138">
+        <v>2016</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>99</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>818</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>819</v>
+      </c>
+      <c r="P138" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>821</v>
+      </c>
+      <c r="B139" t="s">
+        <v>822</v>
+      </c>
+      <c r="C139" t="s">
+        <v>97</v>
+      </c>
+      <c r="D139" t="s">
+        <v>98</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>55</v>
+      </c>
+      <c r="H139">
+        <v>2010</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>99</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>100</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>823</v>
+      </c>
+      <c r="P139" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>825</v>
+      </c>
+      <c r="B140" t="s">
+        <v>405</v>
+      </c>
+      <c r="C140" t="s">
+        <v>406</v>
+      </c>
+      <c r="D140" t="s">
+        <v>77</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>1993</v>
+      </c>
+      <c r="I140">
+        <v>2009</v>
+      </c>
+      <c r="J140" t="s">
+        <v>116</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140" t="s">
+        <v>407</v>
+      </c>
+      <c r="M140" t="s">
+        <v>408</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>826</v>
+      </c>
+      <c r="P140" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>828</v>
+      </c>
+      <c r="B141" t="s">
+        <v>829</v>
+      </c>
+      <c r="C141" t="s">
+        <v>382</v>
+      </c>
+      <c r="D141" t="s">
+        <v>77</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141">
+        <v>2022</v>
+      </c>
+      <c r="J141" t="s">
+        <v>603</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141" t="s">
+        <v>830</v>
+      </c>
+      <c r="M141" t="s">
+        <v>776</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>831</v>
+      </c>
+      <c r="P141" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>833</v>
+      </c>
+      <c r="B142" t="s">
+        <v>834</v>
+      </c>
+      <c r="C142" t="s">
+        <v>406</v>
+      </c>
+      <c r="D142" t="s">
+        <v>160</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2010</v>
+      </c>
+      <c r="I142">
+        <v>2012</v>
+      </c>
+      <c r="J142" t="s">
+        <v>116</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>408</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>835</v>
+      </c>
+      <c r="P142" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>836</v>
+      </c>
+      <c r="B143" t="s">
+        <v>837</v>
+      </c>
+      <c r="C143" t="s">
+        <v>382</v>
+      </c>
+      <c r="D143" t="s">
+        <v>781</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>369</v>
+      </c>
+      <c r="H143">
+        <v>2024</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>399</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>776</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>838</v>
+      </c>
+      <c r="P143" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>840</v>
+      </c>
+      <c r="B144" t="s">
+        <v>841</v>
+      </c>
+      <c r="C144" t="s">
+        <v>382</v>
+      </c>
+      <c r="D144" t="s">
+        <v>77</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>8</v>
+      </c>
+      <c r="H144">
+        <v>2011</v>
+      </c>
+      <c r="I144">
+        <v>2022</v>
+      </c>
+      <c r="J144" t="s">
+        <v>603</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>842</v>
+      </c>
+      <c r="M144" t="s">
+        <v>776</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>843</v>
+      </c>
+      <c r="P144" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>844</v>
+      </c>
+      <c r="B145" t="s">
+        <v>845</v>
+      </c>
+      <c r="C145" t="s">
+        <v>382</v>
+      </c>
+      <c r="D145" t="s">
+        <v>77</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2011</v>
+      </c>
+      <c r="I145">
+        <v>2025</v>
+      </c>
+      <c r="J145" t="s">
+        <v>399</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>776</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>846</v>
+      </c>
+      <c r="P145" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>847</v>
+      </c>
+      <c r="B146" t="s">
+        <v>848</v>
+      </c>
+      <c r="C146" t="s">
+        <v>382</v>
+      </c>
+      <c r="D146" t="s">
+        <v>160</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>369</v>
+      </c>
+      <c r="H146">
+        <v>2021</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>603</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" t="s">
+        <v>849</v>
+      </c>
+      <c r="M146" t="s">
+        <v>776</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>850</v>
+      </c>
+      <c r="P146" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>851</v>
+      </c>
+      <c r="B147" t="s">
+        <v>852</v>
+      </c>
+      <c r="C147" t="s">
+        <v>390</v>
+      </c>
+      <c r="D147" t="s">
+        <v>115</v>
+      </c>
+      <c r="E147" t="s">
+        <v>42</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>55</v>
+      </c>
+      <c r="H147">
+        <v>2003</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>108</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>853</v>
+      </c>
+      <c r="M147" t="s">
+        <v>623</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>854</v>
+      </c>
+      <c r="P147" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>856</v>
+      </c>
+      <c r="B148" t="s">
+        <v>857</v>
+      </c>
+      <c r="C148" t="s">
+        <v>390</v>
+      </c>
+      <c r="D148" t="s">
+        <v>115</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2003</v>
+      </c>
+      <c r="I148">
+        <v>2005</v>
+      </c>
+      <c r="J148" t="s">
+        <v>65</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>392</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>858</v>
+      </c>
+      <c r="P148" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>860</v>
+      </c>
+      <c r="B149"/>
+      <c r="C149" t="s">
+        <v>390</v>
+      </c>
+      <c r="D149" t="s">
+        <v>429</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>55</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149">
+        <v>2016</v>
+      </c>
+      <c r="J149" t="s">
+        <v>65</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>392</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>861</v>
+      </c>
+      <c r="P149" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>862</v>
+      </c>
+      <c r="B150"/>
+      <c r="C150" t="s">
+        <v>390</v>
+      </c>
+      <c r="D150" t="s">
+        <v>139</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>55</v>
+      </c>
+      <c r="H150">
+        <v>2015</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>65</v>
+      </c>
+      <c r="K150" t="s">
+        <v>34</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>392</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>863</v>
+      </c>
+      <c r="P150" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>864</v>
+      </c>
+      <c r="B151" t="s">
+        <v>865</v>
+      </c>
+      <c r="C151" t="s">
+        <v>390</v>
+      </c>
+      <c r="D151" t="s">
+        <v>77</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>55</v>
+      </c>
+      <c r="H151">
+        <v>2002</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>65</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>392</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>866</v>
+      </c>
+      <c r="P151" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>867</v>
+      </c>
+      <c r="B152" t="s">
+        <v>868</v>
+      </c>
+      <c r="C152" t="s">
+        <v>477</v>
+      </c>
+      <c r="D152" t="s">
+        <v>478</v>
+      </c>
+      <c r="E152" t="s">
+        <v>42</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>55</v>
+      </c>
+      <c r="H152">
+        <v>2013</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>33</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>479</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>869</v>
+      </c>
+      <c r="P152" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>870</v>
+      </c>
+      <c r="B153" t="s">
+        <v>871</v>
+      </c>
+      <c r="C153" t="s">
+        <v>521</v>
+      </c>
+      <c r="D153" t="s">
+        <v>398</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>107</v>
+      </c>
+      <c r="G153" t="s">
+        <v>636</v>
+      </c>
+      <c r="H153">
+        <v>2021</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>65</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153" t="s">
+        <v>872</v>
+      </c>
+      <c r="M153" t="s">
+        <v>873</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>874</v>
+      </c>
+      <c r="P153" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>876</v>
+      </c>
+      <c r="B154" t="s">
+        <v>877</v>
+      </c>
+      <c r="C154" t="s">
+        <v>521</v>
+      </c>
+      <c r="D154" t="s">
+        <v>878</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>107</v>
+      </c>
+      <c r="G154" t="s">
+        <v>55</v>
+      </c>
+      <c r="H154">
+        <v>2021</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>65</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>879</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>880</v>
+      </c>
+      <c r="P154" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>882</v>
+      </c>
+      <c r="B155" t="s">
+        <v>883</v>
+      </c>
+      <c r="C155" t="s">
+        <v>521</v>
+      </c>
+      <c r="D155" t="s">
+        <v>77</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>107</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2015</v>
+      </c>
+      <c r="I155">
+        <v>2018</v>
+      </c>
+      <c r="J155" t="s">
+        <v>65</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>884</v>
+      </c>
+      <c r="M155" t="s">
+        <v>879</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>885</v>
+      </c>
+      <c r="P155" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>887</v>
+      </c>
+      <c r="B156" t="s">
+        <v>888</v>
+      </c>
+      <c r="C156" t="s">
+        <v>889</v>
+      </c>
+      <c r="D156" t="s">
+        <v>890</v>
+      </c>
+      <c r="E156" t="s">
+        <v>42</v>
+      </c>
+      <c r="F156" t="s">
+        <v>891</v>
+      </c>
+      <c r="G156" t="s">
+        <v>55</v>
+      </c>
+      <c r="H156">
+        <v>2009</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>892</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>893</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>894</v>
+      </c>
+      <c r="P156" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>896</v>
+      </c>
+      <c r="B157" t="s">
+        <v>897</v>
+      </c>
+      <c r="C157" t="s">
+        <v>889</v>
+      </c>
+      <c r="D157" t="s">
+        <v>898</v>
+      </c>
+      <c r="E157" t="s">
+        <v>42</v>
+      </c>
+      <c r="F157" t="s">
+        <v>891</v>
+      </c>
+      <c r="G157" t="s">
+        <v>55</v>
+      </c>
+      <c r="H157">
+        <v>2015</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>892</v>
+      </c>
+      <c r="K157" t="s">
+        <v>34</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>893</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>899</v>
+      </c>
+      <c r="P157" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>901</v>
+      </c>
+      <c r="B158" t="s">
+        <v>902</v>
+      </c>
+      <c r="C158" t="s">
+        <v>889</v>
+      </c>
+      <c r="D158" t="s">
+        <v>77</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>891</v>
+      </c>
+      <c r="G158" t="s">
+        <v>55</v>
+      </c>
+      <c r="H158">
+        <v>2009</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>903</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>893</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>904</v>
+      </c>
+      <c r="P158" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>906</v>
+      </c>
+      <c r="B159" t="s">
+        <v>907</v>
+      </c>
+      <c r="C159" t="s">
+        <v>575</v>
+      </c>
+      <c r="D159" t="s">
+        <v>908</v>
+      </c>
+      <c r="E159" t="s">
+        <v>42</v>
+      </c>
+      <c r="F159" t="s">
+        <v>43</v>
+      </c>
+      <c r="G159" t="s">
+        <v>55</v>
+      </c>
+      <c r="H159">
+        <v>2012</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>108</v>
+      </c>
+      <c r="K159" t="s">
         <v>24</v>
       </c>
-      <c r="N115" t="s">
-[...22 lines deleted...]
-      <c r="G116">
+      <c r="L159" t="s">
+        <v>909</v>
+      </c>
+      <c r="M159" t="s">
+        <v>910</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>911</v>
+      </c>
+      <c r="P159" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>913</v>
+      </c>
+      <c r="B160" t="s">
+        <v>914</v>
+      </c>
+      <c r="C160" t="s">
+        <v>664</v>
+      </c>
+      <c r="D160" t="s">
+        <v>77</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2007</v>
+      </c>
+      <c r="I160">
+        <v>2022</v>
+      </c>
+      <c r="J160" t="s">
+        <v>466</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>915</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>916</v>
+      </c>
+      <c r="P160" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>918</v>
+      </c>
+      <c r="B161" t="s">
+        <v>919</v>
+      </c>
+      <c r="C161" t="s">
+        <v>920</v>
+      </c>
+      <c r="D161" t="s">
+        <v>77</v>
+      </c>
+      <c r="E161" t="s">
+        <v>42</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
         <v>2013</v>
       </c>
-      <c r="H116">
+      <c r="I161">
+        <v>2015</v>
+      </c>
+      <c r="J161" t="s">
+        <v>44</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>921</v>
+      </c>
+      <c r="M161" t="s">
+        <v>922</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>923</v>
+      </c>
+      <c r="P161" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>925</v>
+      </c>
+      <c r="B162" t="s">
+        <v>926</v>
+      </c>
+      <c r="C162" t="s">
+        <v>927</v>
+      </c>
+      <c r="D162" t="s">
+        <v>928</v>
+      </c>
+      <c r="E162" t="s">
+        <v>806</v>
+      </c>
+      <c r="F162" t="s">
+        <v>929</v>
+      </c>
+      <c r="G162" t="s">
+        <v>55</v>
+      </c>
+      <c r="H162">
+        <v>2023</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>315</v>
+      </c>
+      <c r="K162" t="s">
+        <v>930</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>931</v>
+      </c>
+      <c r="N162" t="s">
+        <v>36</v>
+      </c>
+      <c r="O162" t="s">
+        <v>932</v>
+      </c>
+      <c r="P162" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>934</v>
+      </c>
+      <c r="B163" t="s">
+        <v>935</v>
+      </c>
+      <c r="C163" t="s">
+        <v>528</v>
+      </c>
+      <c r="D163" t="s">
+        <v>201</v>
+      </c>
+      <c r="E163" t="s">
+        <v>42</v>
+      </c>
+      <c r="F163" t="s">
+        <v>43</v>
+      </c>
+      <c r="G163" t="s">
+        <v>55</v>
+      </c>
+      <c r="H163">
+        <v>2017</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>936</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>529</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>937</v>
+      </c>
+      <c r="P163" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>938</v>
+      </c>
+      <c r="B164"/>
+      <c r="C164" t="s">
+        <v>528</v>
+      </c>
+      <c r="D164" t="s">
+        <v>77</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>107</v>
+      </c>
+      <c r="G164" t="s">
+        <v>369</v>
+      </c>
+      <c r="H164">
+        <v>2017</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>939</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>940</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>941</v>
+      </c>
+      <c r="P164" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>943</v>
+      </c>
+      <c r="B165" t="s">
+        <v>944</v>
+      </c>
+      <c r="C165" t="s">
+        <v>945</v>
+      </c>
+      <c r="D165" t="s">
+        <v>160</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>107</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2006</v>
+      </c>
+      <c r="I165">
+        <v>2025</v>
+      </c>
+      <c r="J165" t="s">
+        <v>399</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>946</v>
+      </c>
+      <c r="M165" t="s">
+        <v>947</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>948</v>
+      </c>
+      <c r="P165" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>950</v>
+      </c>
+      <c r="B166" t="s">
+        <v>951</v>
+      </c>
+      <c r="C166" t="s">
+        <v>945</v>
+      </c>
+      <c r="D166" t="s">
+        <v>77</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>1995</v>
+      </c>
+      <c r="I166">
+        <v>2017</v>
+      </c>
+      <c r="J166" t="s">
+        <v>603</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>950</v>
+      </c>
+      <c r="M166" t="s">
+        <v>947</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>952</v>
+      </c>
+      <c r="P166" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>954</v>
+      </c>
+      <c r="B167" t="s">
+        <v>955</v>
+      </c>
+      <c r="C167" t="s">
+        <v>945</v>
+      </c>
+      <c r="D167" t="s">
+        <v>77</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>1995</v>
+      </c>
+      <c r="I167">
+        <v>2018</v>
+      </c>
+      <c r="J167" t="s">
+        <v>603</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>947</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>956</v>
+      </c>
+      <c r="P167" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>958</v>
+      </c>
+      <c r="B168" t="s">
+        <v>959</v>
+      </c>
+      <c r="C168" t="s">
+        <v>945</v>
+      </c>
+      <c r="D168" t="s">
+        <v>960</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>107</v>
+      </c>
+      <c r="G168" t="s">
+        <v>369</v>
+      </c>
+      <c r="H168">
+        <v>2025</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>399</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>961</v>
+      </c>
+      <c r="M168" t="s">
+        <v>947</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>962</v>
+      </c>
+      <c r="P168" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>964</v>
+      </c>
+      <c r="B169" t="s">
+        <v>965</v>
+      </c>
+      <c r="C169" t="s">
+        <v>966</v>
+      </c>
+      <c r="D169" t="s">
+        <v>77</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>55</v>
+      </c>
+      <c r="H169">
+        <v>2012</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>116</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169"/>
+      <c r="M169" t="s">
+        <v>967</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>968</v>
+      </c>
+      <c r="P169" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>970</v>
+      </c>
+      <c r="B170" t="s">
+        <v>971</v>
+      </c>
+      <c r="C170" t="s">
+        <v>348</v>
+      </c>
+      <c r="D170" t="s">
+        <v>53</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>54</v>
+      </c>
+      <c r="G170" t="s">
+        <v>55</v>
+      </c>
+      <c r="H170">
+        <v>2022</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>56</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>972</v>
+      </c>
+      <c r="N170" t="s">
+        <v>58</v>
+      </c>
+      <c r="O170" t="s">
+        <v>973</v>
+      </c>
+      <c r="P170" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>975</v>
+      </c>
+      <c r="B171" t="s">
+        <v>976</v>
+      </c>
+      <c r="C171" t="s">
+        <v>927</v>
+      </c>
+      <c r="D171" t="s">
+        <v>77</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>107</v>
+      </c>
+      <c r="G171" t="s">
+        <v>55</v>
+      </c>
+      <c r="H171">
         <v>2014</v>
       </c>
-      <c r="I116" t="s">
-[...11 lines deleted...]
-      <c r="M116" t="s">
+      <c r="I171">
+        <v>2024</v>
+      </c>
+      <c r="J171" t="s">
+        <v>658</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>977</v>
+      </c>
+      <c r="M171" t="s">
+        <v>931</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>978</v>
+      </c>
+      <c r="P171" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>980</v>
+      </c>
+      <c r="B172" t="s">
+        <v>981</v>
+      </c>
+      <c r="C172" t="s">
+        <v>982</v>
+      </c>
+      <c r="D172" t="s">
+        <v>77</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>43</v>
+      </c>
+      <c r="G172" t="s">
+        <v>55</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>683</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>983</v>
+      </c>
+      <c r="M172" t="s">
+        <v>984</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>985</v>
+      </c>
+      <c r="P172" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>987</v>
+      </c>
+      <c r="B173" t="s">
+        <v>988</v>
+      </c>
+      <c r="C173" t="s">
+        <v>321</v>
+      </c>
+      <c r="D173" t="s">
+        <v>77</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>107</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>1993</v>
+      </c>
+      <c r="I173">
+        <v>2007</v>
+      </c>
+      <c r="J173" t="s">
+        <v>422</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>989</v>
+      </c>
+      <c r="M173" t="s">
+        <v>323</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>990</v>
+      </c>
+      <c r="P173" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>992</v>
+      </c>
+      <c r="B174" t="s">
+        <v>993</v>
+      </c>
+      <c r="C174" t="s">
+        <v>628</v>
+      </c>
+      <c r="D174" t="s">
+        <v>994</v>
+      </c>
+      <c r="E174" t="s">
+        <v>806</v>
+      </c>
+      <c r="F174" t="s">
+        <v>107</v>
+      </c>
+      <c r="G174" t="s">
+        <v>152</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>399</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174"/>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>995</v>
+      </c>
+      <c r="P174" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>997</v>
+      </c>
+      <c r="B175" t="s">
+        <v>998</v>
+      </c>
+      <c r="C175" t="s">
+        <v>664</v>
+      </c>
+      <c r="D175" t="s">
+        <v>77</v>
+      </c>
+      <c r="E175" t="s">
+        <v>42</v>
+      </c>
+      <c r="F175" t="s">
+        <v>82</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>1993</v>
+      </c>
+      <c r="I175">
+        <v>2022</v>
+      </c>
+      <c r="J175" t="s">
+        <v>466</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>999</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1000</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1001</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D176" t="s">
+        <v>77</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>43</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2008</v>
+      </c>
+      <c r="I176">
+        <v>2015</v>
+      </c>
+      <c r="J176" t="s">
+        <v>422</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C177" t="s">
+        <v>390</v>
+      </c>
+      <c r="D177" t="s">
+        <v>77</v>
+      </c>
+      <c r="E177" t="s">
+        <v>42</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>1991</v>
+      </c>
+      <c r="I177">
+        <v>2009</v>
+      </c>
+      <c r="J177" t="s">
+        <v>108</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M177" t="s">
+        <v>392</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P177" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C178" t="s">
+        <v>390</v>
+      </c>
+      <c r="D178" t="s">
+        <v>77</v>
+      </c>
+      <c r="E178" t="s">
+        <v>42</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>22</v>
+      </c>
+      <c r="H178">
+        <v>1991</v>
+      </c>
+      <c r="I178">
+        <v>2002</v>
+      </c>
+      <c r="J178" t="s">
+        <v>108</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178" t="s">
+        <v>391</v>
+      </c>
+      <c r="M178" t="s">
+        <v>392</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1015</v>
+      </c>
+      <c r="P178" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C179" t="s">
+        <v>390</v>
+      </c>
+      <c r="D179" t="s">
+        <v>77</v>
+      </c>
+      <c r="E179" t="s">
+        <v>42</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>1991</v>
+      </c>
+      <c r="I179">
+        <v>2016</v>
+      </c>
+      <c r="J179" t="s">
+        <v>108</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1018</v>
+      </c>
+      <c r="M179" t="s">
+        <v>623</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1019</v>
+      </c>
+      <c r="P179" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D180" t="s">
+        <v>77</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>107</v>
+      </c>
+      <c r="G180" t="s">
+        <v>55</v>
+      </c>
+      <c r="H180">
+        <v>2012</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>683</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1023</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1024</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>107</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2017</v>
+      </c>
+      <c r="I181">
+        <v>2021</v>
+      </c>
+      <c r="J181" t="s">
+        <v>123</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1033</v>
+      </c>
+      <c r="N181" t="s">
+        <v>36</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D182" t="s">
+        <v>77</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>107</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
+        <v>2015</v>
+      </c>
+      <c r="I182">
+        <v>2018</v>
+      </c>
+      <c r="J182" t="s">
+        <v>422</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1040</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1041</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D183" t="s">
+        <v>238</v>
+      </c>
+      <c r="E183" t="s">
+        <v>42</v>
+      </c>
+      <c r="F183" t="s">
+        <v>107</v>
+      </c>
+      <c r="G183" t="s">
+        <v>152</v>
+      </c>
+      <c r="H183"/>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>683</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>239</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1046</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E184" t="s">
+        <v>42</v>
+      </c>
+      <c r="F184" t="s">
+        <v>43</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2015</v>
+      </c>
+      <c r="I184">
+        <v>2018</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1053</v>
+      </c>
+      <c r="K184" t="s">
         <v>24</v>
       </c>
-      <c r="N116" t="s">
-[...25 lines deleted...]
-      <c r="H117">
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>1054</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1055</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>21</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2009</v>
+      </c>
+      <c r="I185">
         <v>2013</v>
       </c>
-      <c r="I117" t="s">
-[...11 lines deleted...]
-      <c r="M117" t="s">
+      <c r="J185" t="s">
+        <v>33</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>644</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C186" t="s">
+        <v>982</v>
+      </c>
+      <c r="D186" t="s">
+        <v>77</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>21</v>
+      </c>
+      <c r="G186" t="s">
+        <v>55</v>
+      </c>
+      <c r="H186">
+        <v>2018</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>466</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1066</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1067</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D187" t="s">
+        <v>77</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>107</v>
+      </c>
+      <c r="G187" t="s">
+        <v>55</v>
+      </c>
+      <c r="H187">
+        <v>2019</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>99</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D188" t="s">
+        <v>77</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>107</v>
+      </c>
+      <c r="G188" t="s">
+        <v>55</v>
+      </c>
+      <c r="H188">
+        <v>2019</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>99</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1078</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1079</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D189" t="s">
+        <v>77</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>107</v>
+      </c>
+      <c r="G189" t="s">
+        <v>55</v>
+      </c>
+      <c r="H189">
+        <v>2019</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>99</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1082</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D190" t="s">
+        <v>77</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>107</v>
+      </c>
+      <c r="G190" t="s">
+        <v>55</v>
+      </c>
+      <c r="H190">
+        <v>2019</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>99</v>
+      </c>
+      <c r="K190" t="s">
+        <v>34</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1086</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1073</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D191" t="s">
+        <v>77</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>107</v>
+      </c>
+      <c r="G191" t="s">
+        <v>55</v>
+      </c>
+      <c r="H191">
+        <v>2014</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s">
+        <v>422</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1090</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C192" t="s">
+        <v>52</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>54</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>1982</v>
+      </c>
+      <c r="I192">
+        <v>2024</v>
+      </c>
+      <c r="J192" t="s">
+        <v>56</v>
+      </c>
+      <c r="K192" t="s">
         <v>24</v>
       </c>
-      <c r="N117" t="s">
-[...3051 lines deleted...]
-      <c r="B191" t="s">
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N192" t="s">
+        <v>58</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C193" t="s">
+        <v>390</v>
+      </c>
+      <c r="D193" t="s">
+        <v>160</v>
+      </c>
+      <c r="E193" t="s">
+        <v>42</v>
+      </c>
+      <c r="F193" t="s">
         <v>43</v>
       </c>
-      <c r="C191" t="s">
-[...96 lines deleted...]
-        <v>2010</v>
+      <c r="G193" t="s">
+        <v>22</v>
       </c>
       <c r="H193">
         <v>2010</v>
       </c>
-      <c r="I193" t="s">
-        <v>86</v>
+      <c r="I193">
+        <v>2016</v>
       </c>
       <c r="J193" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K193" t="s">
-        <v>706</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L193"/>
       <c r="M193" t="s">
-        <v>24</v>
+        <v>392</v>
       </c>
       <c r="N193" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1099</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>767</v>
+        <v>1101</v>
       </c>
       <c r="B194" t="s">
-        <v>768</v>
+        <v>1102</v>
       </c>
       <c r="C194" t="s">
-        <v>62</v>
+        <v>390</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E194" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="F194" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G194">
+        <v>43</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2010</v>
+      </c>
+      <c r="I194">
+        <v>2010</v>
+      </c>
+      <c r="J194" t="s">
+        <v>108</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1018</v>
+      </c>
+      <c r="M194" t="s">
+        <v>392</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D195" t="s">
+        <v>77</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>107</v>
+      </c>
+      <c r="G195" t="s">
+        <v>55</v>
+      </c>
+      <c r="H195">
         <v>2014</v>
       </c>
-      <c r="H194"/>
-[...36 lines deleted...]
-      <c r="G195">
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>99</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1109</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B196" t="s">
+        <v>627</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D196" t="s">
+        <v>77</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>107</v>
+      </c>
+      <c r="G196" t="s">
+        <v>55</v>
+      </c>
+      <c r="H196">
         <v>2014</v>
       </c>
-      <c r="H195"/>
-[...24 lines deleted...]
-      <c r="C196" t="s">
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>99</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D197" t="s">
+        <v>201</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>107</v>
+      </c>
+      <c r="G197" t="s">
+        <v>55</v>
+      </c>
+      <c r="H197">
+        <v>2019</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>99</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1116</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D198" t="s">
+        <v>77</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>107</v>
+      </c>
+      <c r="G198" t="s">
+        <v>55</v>
+      </c>
+      <c r="H198">
+        <v>2019</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>99</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198"/>
+      <c r="M198" t="s">
+        <v>1116</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D199" t="s">
+        <v>77</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>107</v>
+      </c>
+      <c r="G199" t="s">
+        <v>55</v>
+      </c>
+      <c r="H199">
+        <v>2019</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>99</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1116</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1125</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D200" t="s">
+        <v>77</v>
+      </c>
+      <c r="E200" t="s">
+        <v>20</v>
+      </c>
+      <c r="F200" t="s">
+        <v>21</v>
+      </c>
+      <c r="G200" t="s">
         <v>152</v>
       </c>
-      <c r="D196" t="s">
-[...168 lines deleted...]
-      </c>
       <c r="H200"/>
-      <c r="I200" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I200"/>
       <c r="J200" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200"/>
       <c r="M200" t="s">
-        <v>24</v>
+        <v>1130</v>
       </c>
       <c r="N200" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1131</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>789</v>
+        <v>1133</v>
       </c>
       <c r="B201" t="s">
-        <v>790</v>
+        <v>1134</v>
       </c>
       <c r="C201" t="s">
-        <v>62</v>
+        <v>1135</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>1136</v>
       </c>
       <c r="E201" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F201" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>43</v>
+      </c>
+      <c r="G201" t="s">
+        <v>55</v>
       </c>
       <c r="H201">
         <v>2018</v>
       </c>
-      <c r="I201" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I201"/>
       <c r="J201" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K201" t="s">
-        <v>791</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L201"/>
       <c r="M201" t="s">
+        <v>1137</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D202" t="s">
+        <v>77</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>107</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2013</v>
+      </c>
+      <c r="I202">
+        <v>2018</v>
+      </c>
+      <c r="J202" t="s">
+        <v>116</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>21</v>
+      </c>
+      <c r="G203" t="s">
+        <v>55</v>
+      </c>
+      <c r="H203">
+        <v>2016</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>116</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203"/>
+      <c r="M203" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C204" t="s">
+        <v>368</v>
+      </c>
+      <c r="D204" t="s">
+        <v>115</v>
+      </c>
+      <c r="E204" t="s">
+        <v>42</v>
+      </c>
+      <c r="F204" t="s">
+        <v>107</v>
+      </c>
+      <c r="G204" t="s">
+        <v>55</v>
+      </c>
+      <c r="H204">
+        <v>2018</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s">
+        <v>65</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M204" t="s">
+        <v>371</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1155</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C205" t="s">
+        <v>368</v>
+      </c>
+      <c r="D205" t="s">
+        <v>77</v>
+      </c>
+      <c r="E205" t="s">
+        <v>42</v>
+      </c>
+      <c r="F205" t="s">
+        <v>107</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>2020</v>
+      </c>
+      <c r="I205">
+        <v>2023</v>
+      </c>
+      <c r="J205" t="s">
+        <v>23</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M205" t="s">
+        <v>371</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C206" t="s">
+        <v>945</v>
+      </c>
+      <c r="D206" t="s">
+        <v>77</v>
+      </c>
+      <c r="E206" t="s">
+        <v>42</v>
+      </c>
+      <c r="F206" t="s">
+        <v>82</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>2010</v>
+      </c>
+      <c r="I206">
+        <v>2017</v>
+      </c>
+      <c r="J206" t="s">
+        <v>466</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1164</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1165</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1166</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C207" t="s">
+        <v>945</v>
+      </c>
+      <c r="D207" t="s">
+        <v>77</v>
+      </c>
+      <c r="E207" t="s">
+        <v>42</v>
+      </c>
+      <c r="F207" t="s">
+        <v>82</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>1998</v>
+      </c>
+      <c r="I207">
+        <v>2012</v>
+      </c>
+      <c r="J207" t="s">
+        <v>683</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1170</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1172</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C208" t="s">
+        <v>945</v>
+      </c>
+      <c r="D208" t="s">
+        <v>77</v>
+      </c>
+      <c r="E208" t="s">
+        <v>42</v>
+      </c>
+      <c r="F208" t="s">
+        <v>82</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>1998</v>
+      </c>
+      <c r="I208">
+        <v>2012</v>
+      </c>
+      <c r="J208" t="s">
+        <v>683</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1176</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1171</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D209" t="s">
+        <v>201</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>107</v>
+      </c>
+      <c r="G209" t="s">
+        <v>55</v>
+      </c>
+      <c r="H209">
+        <v>2004</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s">
+        <v>65</v>
+      </c>
+      <c r="K209" t="s">
+        <v>34</v>
+      </c>
+      <c r="L209"/>
+      <c r="M209" t="s">
+        <v>1181</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C210" t="s">
+        <v>382</v>
+      </c>
+      <c r="D210" t="s">
+        <v>139</v>
+      </c>
+      <c r="E210" t="s">
+        <v>42</v>
+      </c>
+      <c r="F210" t="s">
+        <v>82</v>
+      </c>
+      <c r="G210" t="s">
+        <v>55</v>
+      </c>
+      <c r="H210">
+        <v>2017</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>44</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210"/>
+      <c r="M210" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D211" t="s">
+        <v>77</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>21</v>
+      </c>
+      <c r="G211" t="s">
+        <v>55</v>
+      </c>
+      <c r="H211">
+        <v>2016</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>44</v>
+      </c>
+      <c r="K211" t="s">
+        <v>34</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1193</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D212" t="s">
+        <v>77</v>
+      </c>
+      <c r="E212" t="s">
+        <v>42</v>
+      </c>
+      <c r="F212" t="s">
+        <v>43</v>
+      </c>
+      <c r="G212" t="s">
+        <v>55</v>
+      </c>
+      <c r="H212">
+        <v>2015</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>65</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1197</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1198</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D213" t="s">
+        <v>77</v>
+      </c>
+      <c r="E213" t="s">
+        <v>20</v>
+      </c>
+      <c r="F213" t="s">
+        <v>107</v>
+      </c>
+      <c r="G213" t="s">
+        <v>55</v>
+      </c>
+      <c r="H213">
+        <v>2018</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s">
+        <v>123</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>1201</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1202</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C214" t="s">
+        <v>945</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>107</v>
+      </c>
+      <c r="G214" t="s">
+        <v>636</v>
+      </c>
+      <c r="H214">
+        <v>2002</v>
+      </c>
+      <c r="I214">
+        <v>2007</v>
+      </c>
+      <c r="J214" t="s">
+        <v>603</v>
+      </c>
+      <c r="K214" t="s">
+        <v>34</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M214" t="s">
+        <v>947</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C215" t="s">
+        <v>945</v>
+      </c>
+      <c r="D215" t="s">
+        <v>77</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>107</v>
+      </c>
+      <c r="G215" t="s">
+        <v>22</v>
+      </c>
+      <c r="H215">
+        <v>1995</v>
+      </c>
+      <c r="I215">
+        <v>2008</v>
+      </c>
+      <c r="J215" t="s">
+        <v>466</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M215" t="s">
+        <v>947</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C216" t="s">
+        <v>945</v>
+      </c>
+      <c r="D216" t="s">
+        <v>77</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>107</v>
+      </c>
+      <c r="G216" t="s">
+        <v>22</v>
+      </c>
+      <c r="H216">
+        <v>1995</v>
+      </c>
+      <c r="I216">
+        <v>2010</v>
+      </c>
+      <c r="J216" t="s">
+        <v>683</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1217</v>
+      </c>
+      <c r="M216" t="s">
+        <v>947</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C217" t="s">
+        <v>945</v>
+      </c>
+      <c r="D217" t="s">
+        <v>77</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>107</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>1995</v>
+      </c>
+      <c r="I217">
+        <v>2016</v>
+      </c>
+      <c r="J217" t="s">
+        <v>603</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217"/>
+      <c r="M217" t="s">
+        <v>947</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D218" t="s">
+        <v>701</v>
+      </c>
+      <c r="E218" t="s">
+        <v>42</v>
+      </c>
+      <c r="F218" t="s">
+        <v>107</v>
+      </c>
+      <c r="G218" t="s">
+        <v>369</v>
+      </c>
+      <c r="H218">
+        <v>2025</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1228</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1229</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>43</v>
+      </c>
+      <c r="G219" t="s">
+        <v>55</v>
+      </c>
+      <c r="H219">
+        <v>2017</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>65</v>
+      </c>
+      <c r="K219" t="s">
         <v>24</v>
       </c>
-      <c r="N201" t="s">
-[...104 lines deleted...]
-      <c r="G204">
+      <c r="L219"/>
+      <c r="M219" t="s">
+        <v>1236</v>
+      </c>
+      <c r="N219" t="s">
+        <v>36</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1237</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C220" t="s">
+        <v>312</v>
+      </c>
+      <c r="D220" t="s">
+        <v>429</v>
+      </c>
+      <c r="E220" t="s">
+        <v>42</v>
+      </c>
+      <c r="F220" t="s">
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>55</v>
+      </c>
+      <c r="H220">
+        <v>2021</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s">
+        <v>522</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220"/>
+      <c r="M220" t="s">
+        <v>316</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1241</v>
+      </c>
+      <c r="P220"/>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C221" t="s">
+        <v>312</v>
+      </c>
+      <c r="D221" t="s">
+        <v>77</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>21</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
+        <v>2007</v>
+      </c>
+      <c r="I221">
         <v>2020</v>
       </c>
-      <c r="H204">
-[...595 lines deleted...]
-      <c r="J218" t="s">
+      <c r="J221" t="s">
+        <v>315</v>
+      </c>
+      <c r="K221" t="s">
+        <v>34</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1244</v>
+      </c>
+      <c r="M221" t="s">
+        <v>316</v>
+      </c>
+      <c r="N221" t="s">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1245</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C222" t="s">
+        <v>312</v>
+      </c>
+      <c r="D222" t="s">
+        <v>77</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
         <v>21</v>
       </c>
-      <c r="K218"/>
-[...29 lines deleted...]
-      <c r="G219">
+      <c r="G222" t="s">
+        <v>369</v>
+      </c>
+      <c r="H222">
         <v>2021</v>
       </c>
-      <c r="H219"/>
-[...126 lines deleted...]
-      </c>
+      <c r="I222"/>
       <c r="J222" t="s">
-        <v>29</v>
+        <v>315</v>
       </c>
       <c r="K222" t="s">
-        <v>863</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L222"/>
       <c r="M222" t="s">
-        <v>31</v>
+        <v>316</v>
       </c>
       <c r="N222" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>865</v>
+        <v>1251</v>
       </c>
       <c r="B223" t="s">
-        <v>623</v>
+        <v>1252</v>
       </c>
       <c r="C223" t="s">
-        <v>62</v>
+        <v>312</v>
       </c>
       <c r="D223" t="s">
-        <v>35</v>
+        <v>429</v>
       </c>
       <c r="E223" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="F223" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>21</v>
+      </c>
+      <c r="G223" t="s">
+        <v>369</v>
       </c>
       <c r="H223">
         <v>2021</v>
       </c>
-      <c r="I223" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I223"/>
       <c r="J223" t="s">
-        <v>29</v>
+        <v>315</v>
       </c>
       <c r="K223" t="s">
-        <v>866</v>
+        <v>34</v>
       </c>
       <c r="L223" t="s">
-        <v>867</v>
+        <v>1253</v>
       </c>
       <c r="M223" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
       <c r="N223" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>869</v>
+        <v>1256</v>
       </c>
       <c r="B224" t="s">
-        <v>517</v>
+        <v>1257</v>
       </c>
       <c r="C224" t="s">
-        <v>870</v>
+        <v>889</v>
       </c>
       <c r="D224" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E224" t="s">
+        <v>42</v>
+      </c>
+      <c r="F224" t="s">
+        <v>82</v>
+      </c>
+      <c r="G224" t="s">
+        <v>22</v>
+      </c>
+      <c r="H224">
+        <v>2003</v>
+      </c>
+      <c r="I224">
+        <v>2021</v>
+      </c>
+      <c r="J224" t="s">
+        <v>903</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1259</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1260</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C225" t="s">
+        <v>733</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E225" t="s">
+        <v>20</v>
+      </c>
+      <c r="F225" t="s">
+        <v>107</v>
+      </c>
+      <c r="G225" t="s">
+        <v>55</v>
+      </c>
+      <c r="H225">
+        <v>2016</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N225" t="s">
         <v>36</v>
       </c>
-      <c r="F224" t="s">
-[...2 lines deleted...]
-      <c r="G224">
+      <c r="O225" t="s">
+        <v>1267</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C226" t="s">
+        <v>889</v>
+      </c>
+      <c r="D226" t="s">
+        <v>77</v>
+      </c>
+      <c r="E226" t="s">
+        <v>42</v>
+      </c>
+      <c r="F226" t="s">
+        <v>43</v>
+      </c>
+      <c r="G226" t="s">
+        <v>22</v>
+      </c>
+      <c r="H226">
+        <v>1995</v>
+      </c>
+      <c r="I226">
+        <v>2019</v>
+      </c>
+      <c r="J226" t="s">
+        <v>603</v>
+      </c>
+      <c r="K226" t="s">
+        <v>34</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1272</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1273</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C227" t="s">
+        <v>889</v>
+      </c>
+      <c r="D227" t="s">
+        <v>139</v>
+      </c>
+      <c r="E227" t="s">
+        <v>42</v>
+      </c>
+      <c r="F227" t="s">
+        <v>43</v>
+      </c>
+      <c r="G227" t="s">
+        <v>22</v>
+      </c>
+      <c r="H227">
+        <v>2014</v>
+      </c>
+      <c r="I227">
+        <v>2019</v>
+      </c>
+      <c r="J227" t="s">
+        <v>603</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1272</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C228" t="s">
+        <v>889</v>
+      </c>
+      <c r="D228" t="s">
+        <v>77</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>22</v>
+      </c>
+      <c r="H228">
+        <v>2003</v>
+      </c>
+      <c r="I228">
+        <v>2013</v>
+      </c>
+      <c r="J228" t="s">
+        <v>903</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1282</v>
+      </c>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C229" t="s">
+        <v>889</v>
+      </c>
+      <c r="D229" t="s">
+        <v>77</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>21</v>
+      </c>
+      <c r="G229" t="s">
+        <v>55</v>
+      </c>
+      <c r="H229">
+        <v>2023</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>603</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1287</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C230" t="s">
+        <v>889</v>
+      </c>
+      <c r="D230" t="s">
+        <v>898</v>
+      </c>
+      <c r="E230" t="s">
+        <v>42</v>
+      </c>
+      <c r="F230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
+        <v>55</v>
+      </c>
+      <c r="H230">
+        <v>2013</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>892</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230"/>
+      <c r="M230" t="s">
+        <v>1282</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1292</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D231" t="s">
+        <v>208</v>
+      </c>
+      <c r="E231" t="s">
+        <v>42</v>
+      </c>
+      <c r="F231" t="s">
+        <v>43</v>
+      </c>
+      <c r="G231" t="s">
+        <v>55</v>
+      </c>
+      <c r="H231">
+        <v>2006</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>1053</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1298</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D232" t="s">
+        <v>238</v>
+      </c>
+      <c r="E232" t="s">
+        <v>42</v>
+      </c>
+      <c r="F232" t="s">
+        <v>107</v>
+      </c>
+      <c r="G232" t="s">
+        <v>55</v>
+      </c>
+      <c r="H232">
         <v>2016</v>
       </c>
-      <c r="H224">
-[...41 lines deleted...]
-      <c r="H225">
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>422</v>
+      </c>
+      <c r="K232" t="s">
+        <v>34</v>
+      </c>
+      <c r="L232" t="s">
+        <v>239</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1304</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D233" t="s">
+        <v>77</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>107</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2011</v>
+      </c>
+      <c r="I233">
         <v>2019</v>
       </c>
-      <c r="I225" t="s">
-[...37 lines deleted...]
-      <c r="G226">
+      <c r="J233" t="s">
+        <v>167</v>
+      </c>
+      <c r="K233" t="s">
+        <v>34</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1310</v>
+      </c>
+      <c r="M233" t="s">
+        <v>1311</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1312</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D234" t="s">
+        <v>160</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>107</v>
+      </c>
+      <c r="G234" t="s">
+        <v>55</v>
+      </c>
+      <c r="H234">
         <v>2014</v>
       </c>
-      <c r="H226">
+      <c r="I234">
         <v>2019</v>
       </c>
-      <c r="I226" t="s">
-[...243 lines deleted...]
-      <c r="G232">
+      <c r="J234" t="s">
+        <v>167</v>
+      </c>
+      <c r="K234" t="s">
+        <v>34</v>
+      </c>
+      <c r="L234"/>
+      <c r="M234" t="s">
+        <v>1311</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D235" t="s">
+        <v>106</v>
+      </c>
+      <c r="E235" t="s">
+        <v>42</v>
+      </c>
+      <c r="F235" t="s">
+        <v>43</v>
+      </c>
+      <c r="G235" t="s">
+        <v>55</v>
+      </c>
+      <c r="H235">
+        <v>2009</v>
+      </c>
+      <c r="I235"/>
+      <c r="J235" t="s">
+        <v>65</v>
+      </c>
+      <c r="K235" t="s">
+        <v>34</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1322</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D236" t="s">
+        <v>77</v>
+      </c>
+      <c r="E236" t="s">
+        <v>20</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>55</v>
+      </c>
+      <c r="H236">
+        <v>2009</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236" t="s">
+        <v>99</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1322</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1327</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D237" t="s">
+        <v>77</v>
+      </c>
+      <c r="E237" t="s">
+        <v>42</v>
+      </c>
+      <c r="F237" t="s">
+        <v>21</v>
+      </c>
+      <c r="G237" t="s">
+        <v>55</v>
+      </c>
+      <c r="H237">
         <v>2011</v>
       </c>
-      <c r="H232">
-[...40 lines deleted...]
-      <c r="G233">
+      <c r="I237"/>
+      <c r="J237" t="s">
+        <v>116</v>
+      </c>
+      <c r="K237" t="s">
+        <v>34</v>
+      </c>
+      <c r="L237"/>
+      <c r="M237" t="s">
+        <v>1331</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1332</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E238" t="s">
+        <v>20</v>
+      </c>
+      <c r="F238" t="s">
+        <v>107</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
+      </c>
+      <c r="H238">
+        <v>2012</v>
+      </c>
+      <c r="I238">
         <v>2014</v>
       </c>
-      <c r="H233">
-[...165 lines deleted...]
-      <c r="H237">
+      <c r="J238" t="s">
+        <v>466</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1339</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1340</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C239" t="s">
+        <v>920</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E239" t="s">
+        <v>42</v>
+      </c>
+      <c r="F239" t="s">
+        <v>43</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
         <v>2014</v>
       </c>
-      <c r="I237" t="s">
-[...40 lines deleted...]
-      <c r="H238">
+      <c r="I239">
         <v>2017</v>
       </c>
-      <c r="I238" t="s">
-[...12 lines deleted...]
-      <c r="N238" t="s">
+      <c r="J239" t="s">
+        <v>167</v>
+      </c>
+      <c r="K239" t="s">
+        <v>34</v>
+      </c>
+      <c r="L239"/>
+      <c r="M239" t="s">
         <v>922</v>
       </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1345</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1346</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>