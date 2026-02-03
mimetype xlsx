--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1348">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -207,50 +207,53 @@
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
     <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
   </si>
   <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14491</t>
   </si>
   <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
   </si>
   <si>
     <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
@@ -2619,97 +2622,97 @@
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
     <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
@@ -4545,51 +4548,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4823,11228 +4826,11228 @@
       </c>
       <c r="P5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>63</v>
       </c>
       <c r="D6" t="s">
         <v>64</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2016</v>
       </c>
       <c r="J6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
         <v>63</v>
       </c>
       <c r="D7" t="s">
         <v>64</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="H7">
         <v>2003</v>
       </c>
       <c r="I7">
         <v>2017</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
         <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2003</v>
       </c>
       <c r="I8">
         <v>2018</v>
       </c>
       <c r="J8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2003</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1979</v>
       </c>
       <c r="I10">
         <v>2018</v>
       </c>
       <c r="J10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
         <v>55</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>1998</v>
       </c>
       <c r="I12">
         <v>2017</v>
       </c>
       <c r="J12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2008</v>
       </c>
       <c r="I13">
         <v>2011</v>
       </c>
       <c r="J13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>55</v>
       </c>
       <c r="H14">
         <v>2008</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
         <v>33</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>55</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>33</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="P16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>55</v>
       </c>
       <c r="H17">
         <v>1990</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>33</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>55</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>44</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G19" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
         <v>55</v>
       </c>
       <c r="H20">
         <v>2020</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
         <v>55</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D22" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2005</v>
       </c>
       <c r="I23">
         <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24">
         <v>2009</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D25" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2005</v>
       </c>
       <c r="I25">
         <v>2010</v>
       </c>
       <c r="J25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>56</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="N26" t="s">
         <v>58</v>
       </c>
       <c r="O26" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P26" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M27" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P27" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B28" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D28" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>55</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P28" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>55</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C30" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>55</v>
       </c>
       <c r="H30">
         <v>2016</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30"/>
       <c r="N30" t="s">
         <v>36</v>
       </c>
       <c r="O30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C31" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>55</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N31" t="s">
         <v>36</v>
       </c>
       <c r="O31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>55</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="P32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C33" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>55</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G34" t="s">
         <v>55</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>44</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C36" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2003</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C37" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2003</v>
       </c>
       <c r="I37">
         <v>2010</v>
       </c>
       <c r="J37" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C38" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D38" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2008</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D39" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G39" t="s">
         <v>55</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M39" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B40" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D40" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G40" t="s">
         <v>55</v>
       </c>
       <c r="H40">
         <v>2019</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M40" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P40" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C41" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M41" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D42" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2008</v>
       </c>
       <c r="I42">
         <v>2010</v>
       </c>
       <c r="J42" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M42" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C43" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D43" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2010</v>
       </c>
       <c r="I43">
         <v>2016</v>
       </c>
       <c r="J43" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B44" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C44" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
       <c r="I44">
         <v>2013</v>
       </c>
       <c r="J44" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M44" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="P44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B45" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C45" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D45" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2003</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M45" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="P45" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C46" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G46" t="s">
         <v>55</v>
       </c>
       <c r="H46">
         <v>2019</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="M46" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="P46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D47" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G47" t="s">
         <v>55</v>
       </c>
       <c r="H47">
         <v>2019</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D48" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2023</v>
       </c>
       <c r="J48" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B49" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C49" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>55</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B50" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50">
         <v>2020</v>
       </c>
       <c r="J50" t="s">
         <v>44</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="M50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C51" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D51" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2016</v>
       </c>
       <c r="I51">
         <v>2020</v>
       </c>
       <c r="J51" t="s">
         <v>44</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M51" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="P51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B52" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D52" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>43</v>
       </c>
       <c r="G52" t="s">
         <v>55</v>
       </c>
       <c r="H52">
         <v>2020</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="P52" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C53" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>54</v>
       </c>
       <c r="G53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>56</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N53" t="s">
         <v>58</v>
       </c>
       <c r="O53" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B54" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D54" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>43</v>
       </c>
       <c r="G54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="P54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G55" t="s">
         <v>55</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M55" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P55"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B56" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C56" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D56" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G56" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H56">
         <v>2023</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="M56" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B57" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C57" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D57" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G57" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M57" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P57" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D58" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M58" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P58" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B59" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C59" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D59" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E59" t="s">
         <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2009</v>
       </c>
       <c r="I59">
         <v>2015</v>
       </c>
       <c r="J59" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M59" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P59" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B60" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C60" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D60" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G60" t="s">
         <v>55</v>
       </c>
       <c r="H60">
         <v>2023</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="M60" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P60" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B61" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C61" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D61" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>1993</v>
       </c>
       <c r="I61">
         <v>2009</v>
       </c>
       <c r="J61" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M61" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P61" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B62" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C62" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D62" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>1996</v>
       </c>
       <c r="I62">
         <v>2021</v>
       </c>
       <c r="J62" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M62" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P62" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B63" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C63" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D63" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G63" t="s">
         <v>55</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M63" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P63" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B64" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C64" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D64" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G64" t="s">
         <v>55</v>
       </c>
       <c r="H64">
         <v>2023</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="M64" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P64" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B65" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C65" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D65" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2011</v>
       </c>
       <c r="I65">
         <v>2022</v>
       </c>
       <c r="J65" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="P65" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B66" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C66" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D66" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2007</v>
       </c>
       <c r="I66">
         <v>2024</v>
       </c>
       <c r="J66" t="s">
         <v>23</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="M66" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P66" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C67" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D67" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>8</v>
       </c>
       <c r="H67">
         <v>2007</v>
       </c>
       <c r="I67">
         <v>2025</v>
       </c>
       <c r="J67" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P67" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B68" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C68" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D68" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G68" t="s">
         <v>55</v>
       </c>
       <c r="H68">
         <v>2015</v>
       </c>
       <c r="I68">
         <v>2022</v>
       </c>
       <c r="J68" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M68" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P68" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B69" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C69" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D69" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K69" t="s">
         <v>45</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="P69" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B70" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C70" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D70" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>43</v>
       </c>
       <c r="G70" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H70">
         <v>2010</v>
       </c>
       <c r="I70">
         <v>2011</v>
       </c>
       <c r="J70" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P70" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B71" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C71" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D71" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G71" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H71">
         <v>2018</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P71" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B72" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C72" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D72" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>43</v>
       </c>
       <c r="G72" t="s">
         <v>55</v>
       </c>
       <c r="H72">
         <v>2013</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>33</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="P72" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B73" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C73" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D73" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>43</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2000</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P73" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B74" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C74" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D74" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E74" t="s">
         <v>42</v>
       </c>
       <c r="F74" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G74" t="s">
         <v>55</v>
       </c>
       <c r="H74">
         <v>2015</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="P74" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B75" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C75" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D75" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G75" t="s">
         <v>55</v>
       </c>
       <c r="H75">
         <v>2016</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="M75" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="P75" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B76" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C76" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D76" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G76" t="s">
         <v>55</v>
       </c>
       <c r="H76">
         <v>2001</v>
       </c>
       <c r="I76">
         <v>2012</v>
       </c>
       <c r="J76" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="M76" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P76" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B77" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C77" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D77" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G77" t="s">
         <v>55</v>
       </c>
       <c r="H77">
         <v>2001</v>
       </c>
       <c r="I77">
         <v>2018</v>
       </c>
       <c r="J77" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="M77" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="P77" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B78" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C78" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D78" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>1995</v>
       </c>
       <c r="I78">
         <v>2015</v>
       </c>
       <c r="J78" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="M78" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="P78" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B79" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C79" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D79" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1996</v>
       </c>
       <c r="I79">
         <v>2015</v>
       </c>
       <c r="J79" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M79" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="P79" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B80" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C80" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D80" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2015</v>
       </c>
       <c r="I80">
         <v>2023</v>
       </c>
       <c r="J80" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P80" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B81" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C81" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D81" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>55</v>
       </c>
       <c r="H81">
         <v>2017</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M81" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P81" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B82" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C82" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D82" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>1989</v>
       </c>
       <c r="I82">
         <v>2018</v>
       </c>
       <c r="J82" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M82" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P82" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B83" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C83" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D83" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2004</v>
       </c>
       <c r="I83">
         <v>2017</v>
       </c>
       <c r="J83" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="M83" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="P83" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B84" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C84" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D84" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2008</v>
       </c>
       <c r="I84">
         <v>2008</v>
       </c>
       <c r="J84" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M84" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="P84" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B85" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C85" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D85" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>1989</v>
       </c>
       <c r="I85">
         <v>2020</v>
       </c>
       <c r="J85" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="M85" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="P85" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B86" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C86" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D86" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2008</v>
       </c>
       <c r="I86">
         <v>2024</v>
       </c>
       <c r="J86" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M86" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="N86" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="O86" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="P86" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B87" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C87" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D87" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>55</v>
       </c>
       <c r="H87">
         <v>2013</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="M87" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="P87" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B88" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C88" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D88" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>55</v>
       </c>
       <c r="H88">
         <v>2020</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M88" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="P88" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B89" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C89" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D89" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G89" t="s">
         <v>55</v>
       </c>
       <c r="H89">
         <v>2021</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="M89" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="P89" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B90" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C90" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D90" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>1986</v>
       </c>
       <c r="I90">
         <v>1988</v>
       </c>
       <c r="J90" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P90" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B91" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C91" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D91" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2013</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="M91" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P91" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B92" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C92" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D92" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>54</v>
       </c>
       <c r="G92" t="s">
         <v>55</v>
       </c>
       <c r="H92">
         <v>2022</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>56</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="N92" t="s">
         <v>58</v>
       </c>
       <c r="O92" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="P92" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B93" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C93" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D93" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>55</v>
       </c>
       <c r="H93">
         <v>2022</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P93" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B94" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C94" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D94" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
       <c r="I94">
         <v>2019</v>
       </c>
       <c r="J94" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="M94" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P94" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B95" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C95" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D95" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>55</v>
       </c>
       <c r="H95">
         <v>2012</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M95" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P95" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B96" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C96" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D96" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2008</v>
       </c>
       <c r="I96">
         <v>2012</v>
       </c>
       <c r="J96" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="M96" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P96" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B97" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C97" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D97" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2011</v>
       </c>
       <c r="I97">
         <v>2013</v>
       </c>
       <c r="J97" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="P97" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B98" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C98" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D98" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E98" t="s">
         <v>42</v>
       </c>
       <c r="F98" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2005</v>
       </c>
       <c r="I98">
         <v>2013</v>
       </c>
       <c r="J98" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M98" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P98" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B99" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C99" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D99" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G99" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H99"/>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="M99" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P99"/>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B100" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C100" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D100" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G100" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H100">
         <v>2015</v>
       </c>
       <c r="I100">
         <v>2018</v>
       </c>
       <c r="J100" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="M100" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P100" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B101" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C101" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D101" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>43</v>
       </c>
       <c r="G101" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H101"/>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P101"/>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B102" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C102" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D102" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H102"/>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102"/>
       <c r="M102" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="P102"/>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B103" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C103" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D103" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E103" t="s">
         <v>42</v>
       </c>
       <c r="F103" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2010</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P103" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B104" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C104" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D104" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E104" t="s">
         <v>42</v>
       </c>
       <c r="F104" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>1996</v>
       </c>
       <c r="I104">
         <v>2010</v>
       </c>
       <c r="J104" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="P104" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B105" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C105" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D105" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G105" t="s">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="H105">
         <v>2021</v>
       </c>
       <c r="I105">
         <v>2024</v>
       </c>
       <c r="J105" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="M105" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="P105" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B106" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C106" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D106" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>43</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2008</v>
       </c>
       <c r="I106">
         <v>2020</v>
       </c>
       <c r="J106" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M106" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="P106" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B107" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C107" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D107" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>1996</v>
       </c>
       <c r="I107">
         <v>2019</v>
       </c>
       <c r="J107" t="s">
         <v>44</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M107" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="P107" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B108" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C108" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D108" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>43</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>1996</v>
       </c>
       <c r="I108">
         <v>2019</v>
       </c>
       <c r="J108" t="s">
         <v>44</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="M108" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="P108" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B109" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C109" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D109" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2008</v>
       </c>
       <c r="I109">
         <v>2006</v>
       </c>
       <c r="J109" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="M109" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="P109" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B110" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C110" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D110" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>55</v>
       </c>
       <c r="H110">
         <v>2009</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110"/>
       <c r="M110" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="P110" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B111" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C111" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D111" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>55</v>
       </c>
       <c r="H111">
         <v>2009</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="M111" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N111" t="s">
         <v>36</v>
       </c>
       <c r="O111" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="P111" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B112" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C112" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D112" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2002</v>
       </c>
       <c r="I112">
         <v>2002</v>
       </c>
       <c r="J112" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="M112" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="P112" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B113" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C113" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D113" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>1999</v>
       </c>
       <c r="I113">
         <v>2009</v>
       </c>
       <c r="J113" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="M113" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="P113" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B114" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C114" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D114" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G114" t="s">
         <v>55</v>
       </c>
       <c r="H114">
         <v>2002</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="M114" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="P114" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B115" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C115" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D115" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2012</v>
       </c>
       <c r="I115">
         <v>2012</v>
       </c>
       <c r="J115" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="P115" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B116" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C116" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D116" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2013</v>
       </c>
       <c r="I116">
         <v>2014</v>
       </c>
       <c r="J116" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M116" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P116"/>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B117" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C117" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D117" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>43</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2012</v>
       </c>
       <c r="I117">
         <v>2013</v>
       </c>
       <c r="J117" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="M117" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="P117" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B118" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C118" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D118" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>43</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>1996</v>
       </c>
       <c r="I118">
         <v>2017</v>
       </c>
       <c r="J118" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="M118" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P118" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B119" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C119" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D119" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>55</v>
       </c>
       <c r="H119">
         <v>2017</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="P119" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="B120" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C120" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D120" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2016</v>
       </c>
       <c r="I120">
         <v>2019</v>
       </c>
       <c r="J120" t="s">
         <v>44</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="P120" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B121" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C121" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D121" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2005</v>
       </c>
       <c r="I121">
         <v>2008</v>
       </c>
       <c r="J121" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="M121" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="P121" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B122" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C122" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D122" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2004</v>
       </c>
       <c r="I122">
         <v>2010</v>
       </c>
       <c r="J122" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="M122" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="P122" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B123" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C123" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D123" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>43</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2009</v>
       </c>
       <c r="I123">
         <v>2012</v>
       </c>
       <c r="J123" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="P123" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B124" t="s">
         <v>30</v>
       </c>
       <c r="C124" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D124" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2010</v>
       </c>
       <c r="I124">
         <v>2012</v>
       </c>
       <c r="J124" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124" t="s">
         <v>35</v>
       </c>
       <c r="M124" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
+        <v>758</v>
+      </c>
+      <c r="P124" t="s">
         <v>757</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B125" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C125" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D125" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>21</v>
       </c>
       <c r="G125" t="s">
         <v>55</v>
       </c>
       <c r="H125">
         <v>2022</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="P125" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B126" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C126" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D126" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
         <v>55</v>
       </c>
       <c r="H126">
         <v>2022</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="P126" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B127" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C127" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D127" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2008</v>
       </c>
       <c r="I127">
         <v>2020</v>
       </c>
       <c r="J127" t="s">
         <v>44</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="M127" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="N127" t="s">
         <v>36</v>
       </c>
       <c r="O127" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="P127" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B128" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C128" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D128" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>43</v>
       </c>
       <c r="G128" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H128">
         <v>2008</v>
       </c>
       <c r="I128">
         <v>2014</v>
       </c>
       <c r="J128" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="M128" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="P128" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B129" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C129" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D129" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>43</v>
       </c>
       <c r="G129" t="s">
         <v>55</v>
       </c>
-      <c r="H129">
+      <c r="H129"/>
+      <c r="I129">
         <v>2024</v>
       </c>
-      <c r="I129"/>
       <c r="J129" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="P129" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B130" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C130" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D130" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>43</v>
       </c>
       <c r="G130" t="s">
         <v>8</v>
       </c>
       <c r="H130">
         <v>2008</v>
       </c>
       <c r="I130">
         <v>2014</v>
       </c>
       <c r="J130" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="M130" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="P130" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B131" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C131" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D131" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>43</v>
       </c>
       <c r="G131" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H131">
         <v>2021</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="M131" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="P131" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B132" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C132" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D132" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G132" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H132"/>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="P132" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B133" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C133" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D133" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E133" t="s">
         <v>42</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H133"/>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="P133" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B134" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C134" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D134" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E134" t="s">
         <v>42</v>
       </c>
       <c r="F134" t="s">
         <v>43</v>
       </c>
       <c r="G134" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H134"/>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
+        <v>800</v>
+      </c>
+      <c r="P134" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B135" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C135" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D135" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="G135" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H135"/>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="P135" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B136" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C136" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D136" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E136" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F136" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G136" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H136"/>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="P136" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B137" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C137" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D137" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E137" t="s">
         <v>42</v>
       </c>
       <c r="F137" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G137" t="s">
         <v>55</v>
       </c>
       <c r="H137">
         <v>2015</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="M137" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="P137" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B138" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C138" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D138" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G138" t="s">
         <v>55</v>
       </c>
       <c r="H138">
         <v>2016</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138"/>
       <c r="M138" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="P138" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B139" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C139" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D139" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>55</v>
       </c>
       <c r="H139">
         <v>2010</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="P139" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B140" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C140" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D140" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>1993</v>
       </c>
       <c r="I140">
         <v>2009</v>
       </c>
       <c r="J140" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M140" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="P140" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B141" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C141" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D141" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2011</v>
       </c>
       <c r="I141">
         <v>2022</v>
       </c>
       <c r="J141" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="M141" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="P141" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B142" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C142" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D142" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2010</v>
       </c>
       <c r="I142">
         <v>2012</v>
       </c>
       <c r="J142" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="P142" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B143" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C143" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D143" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H143">
         <v>2024</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P143" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B144" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C144" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D144" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>8</v>
+        <v>637</v>
       </c>
       <c r="H144">
         <v>2011</v>
       </c>
       <c r="I144">
         <v>2022</v>
       </c>
       <c r="J144" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="M144" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="P144" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B145" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C145" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D145" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2011</v>
       </c>
       <c r="I145">
         <v>2025</v>
       </c>
       <c r="J145" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="P145" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B146" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C146" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D146" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H146">
         <v>2021</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="M146" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="P146" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B147" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C147" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D147" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E147" t="s">
         <v>42</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>55</v>
       </c>
       <c r="H147">
         <v>2003</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="M147" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="P147" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B148" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C148" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D148" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2003</v>
       </c>
       <c r="I148">
         <v>2005</v>
       </c>
       <c r="J148" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="P148" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B149"/>
       <c r="C149" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D149" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>55</v>
       </c>
       <c r="H149">
         <v>2011</v>
       </c>
       <c r="I149">
         <v>2016</v>
       </c>
       <c r="J149" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="P149" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B150"/>
       <c r="C150" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D150" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
         <v>55</v>
       </c>
       <c r="H150">
         <v>2015</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K150" t="s">
         <v>34</v>
       </c>
       <c r="L150"/>
       <c r="M150" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="P150" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B151" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C151" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D151" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
         <v>55</v>
       </c>
       <c r="H151">
         <v>2002</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="P151" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B152" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C152" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D152" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E152" t="s">
         <v>42</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>55</v>
       </c>
       <c r="H152">
         <v>2013</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
         <v>33</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="P152" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B153" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C153" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D153" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G153" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H153">
         <v>2021</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="M153" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="P153" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B154" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C154" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D154" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G154" t="s">
         <v>55</v>
       </c>
       <c r="H154">
         <v>2021</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="P154" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B155" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C155" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D155" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2015</v>
       </c>
       <c r="I155">
         <v>2018</v>
       </c>
       <c r="J155" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="M155" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="P155" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B156" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C156" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D156" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E156" t="s">
         <v>42</v>
       </c>
       <c r="F156" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="G156" t="s">
         <v>55</v>
       </c>
       <c r="H156">
         <v>2009</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="P156" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B157" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C157" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D157" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E157" t="s">
         <v>42</v>
       </c>
       <c r="F157" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="G157" t="s">
         <v>55</v>
       </c>
       <c r="H157">
         <v>2015</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="K157" t="s">
         <v>34</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="P157" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B158" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C158" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D158" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="G158" t="s">
         <v>55</v>
       </c>
       <c r="H158">
         <v>2009</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="P158" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B159" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C159" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D159" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="E159" t="s">
         <v>42</v>
       </c>
       <c r="F159" t="s">
         <v>43</v>
       </c>
       <c r="G159" t="s">
         <v>55</v>
       </c>
       <c r="H159">
         <v>2012</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="M159" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="P159" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B160" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C160" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D160" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2007</v>
       </c>
       <c r="I160">
         <v>2022</v>
       </c>
       <c r="J160" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="P160" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B161" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="C161" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D161" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E161" t="s">
         <v>42</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2013</v>
       </c>
       <c r="I161">
         <v>2015</v>
       </c>
       <c r="J161" t="s">
         <v>44</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="M161" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="P161" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B162" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C162" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D162" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="E162" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F162" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="G162" t="s">
         <v>55</v>
       </c>
       <c r="H162">
         <v>2023</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K162" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="N162" t="s">
         <v>36</v>
       </c>
       <c r="O162" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="P162" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B163" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C163" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D163" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E163" t="s">
         <v>42</v>
       </c>
       <c r="F163" t="s">
         <v>43</v>
       </c>
       <c r="G163" t="s">
         <v>55</v>
       </c>
       <c r="H163">
         <v>2017</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="P163" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B164"/>
       <c r="C164" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D164" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G164" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H164">
         <v>2017</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="P164" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B165" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C165" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D165" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2006</v>
       </c>
       <c r="I165">
         <v>2025</v>
       </c>
       <c r="J165" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="M165" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="P165" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B166" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C166" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D166" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>1995</v>
       </c>
       <c r="I166">
         <v>2017</v>
       </c>
       <c r="J166" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="M166" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="P166" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B167" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C167" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D167" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>1995</v>
       </c>
       <c r="I167">
         <v>2018</v>
       </c>
       <c r="J167" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="P167" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B168" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C168" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D168" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G168" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H168">
         <v>2025</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="M168" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="P168" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B169" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C169" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D169" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>55</v>
       </c>
       <c r="H169">
         <v>2012</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="P169" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B170" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C170" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D170" t="s">
         <v>53</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>54</v>
       </c>
       <c r="G170" t="s">
         <v>55</v>
       </c>
       <c r="H170">
         <v>2022</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
         <v>56</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="N170" t="s">
         <v>58</v>
       </c>
       <c r="O170" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="P170" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B171" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C171" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D171" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G171" t="s">
         <v>55</v>
       </c>
       <c r="H171">
         <v>2014</v>
       </c>
       <c r="I171">
         <v>2024</v>
       </c>
       <c r="J171" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="M171" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="P171" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B172" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C172" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D172" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>43</v>
       </c>
       <c r="G172" t="s">
         <v>55</v>
       </c>
       <c r="H172">
         <v>2011</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="M172" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="P172" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B173" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C173" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D173" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>1993</v>
       </c>
       <c r="I173">
         <v>2007</v>
       </c>
       <c r="J173" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="M173" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="P173" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B174" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C174" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D174" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="E174" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F174" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G174" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H174"/>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174"/>
       <c r="M174"/>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="P174" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B175" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C175" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D175" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E175" t="s">
         <v>42</v>
       </c>
       <c r="F175" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>1993</v>
       </c>
       <c r="I175">
         <v>2022</v>
       </c>
       <c r="J175" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="M175" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="P175" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B176" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C176" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D176" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>43</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176">
         <v>2008</v>
       </c>
       <c r="I176">
         <v>2015</v>
       </c>
       <c r="J176" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="P176" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="B177" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C177" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D177" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E177" t="s">
         <v>42</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
         <v>1991</v>
       </c>
       <c r="I177">
         <v>2009</v>
       </c>
       <c r="J177" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="M177" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="P177" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B178" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C178" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D178" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E178" t="s">
         <v>42</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178">
         <v>1991</v>
       </c>
       <c r="I178">
         <v>2002</v>
       </c>
       <c r="J178" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M178" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="P178" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B179" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C179" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D179" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E179" t="s">
         <v>42</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>1991</v>
       </c>
       <c r="I179">
         <v>2016</v>
       </c>
       <c r="J179" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="M179" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="P179" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B180" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C180" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D180" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G180" t="s">
         <v>55</v>
       </c>
       <c r="H180">
         <v>2012</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="M180" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="P180" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B181" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C181" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D181" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2017</v>
       </c>
       <c r="I181">
         <v>2021</v>
       </c>
       <c r="J181" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K181" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="L181" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="M181" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="N181" t="s">
         <v>36</v>
       </c>
       <c r="O181" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="P181" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B182" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C182" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D182" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
         <v>2015</v>
       </c>
       <c r="I182">
         <v>2018</v>
       </c>
       <c r="J182" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="M182" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="P182" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B183" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C183" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D183" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E183" t="s">
         <v>42</v>
       </c>
       <c r="F183" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G183" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H183"/>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M183" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="P183" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B184" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C184" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D184" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="E184" t="s">
         <v>42</v>
       </c>
       <c r="F184" t="s">
         <v>43</v>
       </c>
       <c r="G184" t="s">
         <v>22</v>
       </c>
       <c r="H184">
         <v>2015</v>
       </c>
       <c r="I184">
         <v>2018</v>
       </c>
       <c r="J184" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K184" t="s">
         <v>24</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="P184" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B185" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="C185" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="D185" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>21</v>
       </c>
       <c r="G185" t="s">
         <v>22</v>
       </c>
       <c r="H185">
         <v>2009</v>
       </c>
       <c r="I185">
         <v>2013</v>
       </c>
       <c r="J185" t="s">
         <v>33</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="P185" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B186" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C186" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D186" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>21</v>
       </c>
       <c r="G186" t="s">
         <v>55</v>
       </c>
       <c r="H186">
         <v>2018</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="M186" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="P186" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B187" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C187" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D187" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E187" t="s">
         <v>20</v>
       </c>
       <c r="F187" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G187" t="s">
         <v>55</v>
       </c>
       <c r="H187">
         <v>2019</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
       <c r="L187" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="M187" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="P187" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B188" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C188" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D188" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E188" t="s">
         <v>20</v>
       </c>
       <c r="F188" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G188" t="s">
         <v>55</v>
       </c>
       <c r="H188">
         <v>2019</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="M188" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="P188" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B189" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="C189" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D189" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G189" t="s">
         <v>55</v>
       </c>
       <c r="H189">
         <v>2019</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="M189" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="P189" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B190" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C190" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D190" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G190" t="s">
         <v>55</v>
       </c>
       <c r="H190">
         <v>2019</v>
       </c>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="M190" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="P190" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="B191" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="C191" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D191" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G191" t="s">
         <v>55</v>
       </c>
       <c r="H191">
         <v>2014</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="P191" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="B192" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C192" t="s">
         <v>52</v>
       </c>
       <c r="D192" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>54</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>1982</v>
       </c>
       <c r="I192">
         <v>2024</v>
       </c>
       <c r="J192" t="s">
         <v>56</v>
       </c>
       <c r="K192" t="s">
         <v>24</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="N192" t="s">
         <v>58</v>
       </c>
       <c r="O192" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="P192" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B193" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C193" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D193" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E193" t="s">
         <v>42</v>
       </c>
       <c r="F193" t="s">
         <v>43</v>
       </c>
       <c r="G193" t="s">
         <v>22</v>
       </c>
       <c r="H193">
         <v>2010</v>
       </c>
       <c r="I193">
         <v>2016</v>
       </c>
       <c r="J193" t="s">
         <v>44</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="P193" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B194" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C194" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D194" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E194" t="s">
         <v>42</v>
       </c>
       <c r="F194" t="s">
         <v>43</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2010</v>
       </c>
       <c r="I194">
         <v>2010</v>
       </c>
       <c r="J194" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="M194" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="P194" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B195" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C195" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D195" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G195" t="s">
         <v>55</v>
       </c>
       <c r="H195">
         <v>2014</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="P195" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B196" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C196" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D196" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G196" t="s">
         <v>55</v>
       </c>
       <c r="H196">
         <v>2014</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="P196" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B197" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C197" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D197" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G197" t="s">
         <v>55</v>
       </c>
       <c r="H197">
         <v>2019</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="P197" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B198" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C198" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D198" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G198" t="s">
         <v>55</v>
       </c>
       <c r="H198">
         <v>2019</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198"/>
       <c r="M198" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="P198" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B199" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C199" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D199" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G199" t="s">
         <v>55</v>
       </c>
       <c r="H199">
         <v>2019</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="P199" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B200" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C200" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D200" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E200" t="s">
         <v>20</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H200"/>
       <c r="I200"/>
       <c r="J200" t="s">
         <v>44</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200"/>
       <c r="M200" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="P200" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B201" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C201" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="D201" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="E201" t="s">
         <v>20</v>
       </c>
       <c r="F201" t="s">
         <v>43</v>
       </c>
       <c r="G201" t="s">
         <v>55</v>
       </c>
       <c r="H201">
         <v>2018</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
         <v>44</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="P201" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B202" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C202" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D202" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2013</v>
       </c>
       <c r="I202">
         <v>2018</v>
       </c>
       <c r="J202" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="M202" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="P202" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B203" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C203" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D203" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>21</v>
       </c>
       <c r="G203" t="s">
         <v>55</v>
       </c>
       <c r="H203">
         <v>2016</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203"/>
       <c r="M203" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="P203" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B204" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C204" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D204" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E204" t="s">
         <v>42</v>
       </c>
       <c r="F204" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G204" t="s">
         <v>55</v>
       </c>
       <c r="H204">
         <v>2018</v>
       </c>
       <c r="I204"/>
       <c r="J204" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
       <c r="L204" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="M204" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="P204" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B205" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C205" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D205" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E205" t="s">
         <v>42</v>
       </c>
       <c r="F205" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>2020</v>
       </c>
       <c r="I205">
         <v>2023</v>
       </c>
       <c r="J205" t="s">
         <v>23</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
       <c r="L205" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="M205" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="P205" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B206" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C206" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D206" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E206" t="s">
         <v>42</v>
       </c>
       <c r="F206" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
         <v>2010</v>
       </c>
       <c r="I206">
         <v>2017</v>
       </c>
       <c r="J206" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="M206" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="P206" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B207" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C207" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D207" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E207" t="s">
         <v>42</v>
       </c>
       <c r="F207" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>1998</v>
       </c>
       <c r="I207">
         <v>2012</v>
       </c>
       <c r="J207" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="M207" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="P207" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B208" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C208" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D208" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E208" t="s">
         <v>42</v>
       </c>
       <c r="F208" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>1998</v>
       </c>
       <c r="I208">
         <v>2012</v>
       </c>
       <c r="J208" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K208" t="s">
         <v>34</v>
       </c>
       <c r="L208" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="M208" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="P208" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B209" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C209" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="D209" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G209" t="s">
         <v>55</v>
       </c>
       <c r="H209">
         <v>2004</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K209" t="s">
         <v>34</v>
       </c>
       <c r="L209"/>
       <c r="M209" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="P209" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B210" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C210" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D210" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E210" t="s">
         <v>42</v>
       </c>
       <c r="F210" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G210" t="s">
         <v>55</v>
       </c>
       <c r="H210">
         <v>2017</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
         <v>44</v>
       </c>
       <c r="K210" t="s">
         <v>34</v>
       </c>
       <c r="L210"/>
       <c r="M210" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="P210" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B211" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C211" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D211" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>21</v>
       </c>
       <c r="G211" t="s">
         <v>55</v>
       </c>
       <c r="H211">
         <v>2016</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
         <v>44</v>
       </c>
       <c r="K211" t="s">
         <v>34</v>
       </c>
       <c r="L211"/>
       <c r="M211" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="P211" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B212" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C212" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D212" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E212" t="s">
         <v>42</v>
       </c>
       <c r="F212" t="s">
         <v>43</v>
       </c>
       <c r="G212" t="s">
         <v>55</v>
       </c>
       <c r="H212">
         <v>2015</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="P212" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="B213" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="C213" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="D213" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E213" t="s">
         <v>20</v>
       </c>
       <c r="F213" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G213" t="s">
         <v>55</v>
       </c>
       <c r="H213">
         <v>2018</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="P213" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="B214" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C214" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D214" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G214" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H214">
         <v>2002</v>
       </c>
       <c r="I214">
         <v>2007</v>
       </c>
       <c r="J214" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
       <c r="L214" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="M214" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="P214" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B215" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C215" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D215" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G215" t="s">
         <v>22</v>
       </c>
       <c r="H215">
         <v>1995</v>
       </c>
       <c r="I215">
         <v>2008</v>
       </c>
       <c r="J215" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="M215" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="P215" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B216" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="C216" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D216" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G216" t="s">
         <v>22</v>
       </c>
       <c r="H216">
         <v>1995</v>
       </c>
       <c r="I216">
         <v>2010</v>
       </c>
       <c r="J216" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
       <c r="L216" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="M216" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="P216" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="B217" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="C217" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D217" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>1995</v>
       </c>
       <c r="I217">
         <v>2016</v>
       </c>
       <c r="J217" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
       <c r="L217"/>
       <c r="M217" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="P217" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B218" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C218" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D218" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E218" t="s">
         <v>42</v>
       </c>
       <c r="F218" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G218" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H218">
         <v>2025</v>
       </c>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="M218" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="P218" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B219" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C219" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D219" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>43</v>
       </c>
       <c r="G219" t="s">
         <v>55</v>
       </c>
       <c r="H219">
         <v>2017</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K219" t="s">
         <v>24</v>
       </c>
       <c r="L219"/>
       <c r="M219" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="N219" t="s">
         <v>36</v>
       </c>
       <c r="O219" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="P219" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B220" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="C220" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D220" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E220" t="s">
         <v>42</v>
       </c>
       <c r="F220" t="s">
         <v>21</v>
       </c>
       <c r="G220" t="s">
         <v>55</v>
       </c>
       <c r="H220">
         <v>2021</v>
       </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="K220" t="s">
         <v>34</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="P220"/>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B221" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C221" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D221" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>21</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>2007</v>
       </c>
       <c r="I221">
         <v>2020</v>
       </c>
       <c r="J221" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K221" t="s">
         <v>34</v>
       </c>
       <c r="L221" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="M221" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="P221" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="B222" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="C222" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D222" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>21</v>
       </c>
       <c r="G222" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H222">
         <v>2021</v>
       </c>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K222" t="s">
         <v>34</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="P222" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B223" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C223" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D223" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>21</v>
       </c>
       <c r="G223" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H223">
         <v>2021</v>
       </c>
       <c r="I223"/>
       <c r="J223" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K223" t="s">
         <v>34</v>
       </c>
       <c r="L223" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="M223" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="N223" t="s">
         <v>36</v>
       </c>
       <c r="O223" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="P223" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="B224" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="C224" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D224" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E224" t="s">
         <v>42</v>
       </c>
       <c r="F224" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224">
         <v>2003</v>
       </c>
       <c r="I224">
         <v>2021</v>
       </c>
       <c r="J224" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
       <c r="L224" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="M224" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="P224" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B225" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="C225" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D225" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G225" t="s">
         <v>55</v>
       </c>
       <c r="H225">
         <v>2016</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K225" t="s">
         <v>34</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="N225" t="s">
         <v>36</v>
       </c>
       <c r="O225" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="P225" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B226" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C226" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D226" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E226" t="s">
         <v>42</v>
       </c>
       <c r="F226" t="s">
         <v>43</v>
       </c>
       <c r="G226" t="s">
         <v>22</v>
       </c>
       <c r="H226">
         <v>1995</v>
       </c>
       <c r="I226">
         <v>2019</v>
       </c>
       <c r="J226" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K226" t="s">
         <v>34</v>
       </c>
       <c r="L226" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="M226" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="P226" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B227" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C227" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D227" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E227" t="s">
         <v>42</v>
       </c>
       <c r="F227" t="s">
         <v>43</v>
       </c>
       <c r="G227" t="s">
         <v>22</v>
       </c>
       <c r="H227">
         <v>2014</v>
       </c>
       <c r="I227">
         <v>2019</v>
       </c>
       <c r="J227" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K227" t="s">
         <v>34</v>
       </c>
       <c r="L227" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="M227" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="P227" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B228" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C228" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D228" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>21</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2003</v>
       </c>
       <c r="I228">
         <v>2013</v>
       </c>
       <c r="J228" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="P228" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B229" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C229" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D229" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>21</v>
       </c>
       <c r="G229" t="s">
         <v>55</v>
       </c>
       <c r="H229">
         <v>2023</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="P229" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="B230" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="C230" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D230" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E230" t="s">
         <v>42</v>
       </c>
       <c r="F230" t="s">
         <v>21</v>
       </c>
       <c r="G230" t="s">
         <v>55</v>
       </c>
       <c r="H230">
         <v>2013</v>
       </c>
       <c r="I230"/>
       <c r="J230" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="P230" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B231" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C231" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D231" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E231" t="s">
         <v>42</v>
       </c>
       <c r="F231" t="s">
         <v>43</v>
       </c>
       <c r="G231" t="s">
         <v>55</v>
       </c>
       <c r="H231">
         <v>2006</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="K231" t="s">
         <v>34</v>
       </c>
       <c r="L231" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="M231" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="P231" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="B232" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C232" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D232" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E232" t="s">
         <v>42</v>
       </c>
       <c r="F232" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G232" t="s">
         <v>55</v>
       </c>
       <c r="H232">
         <v>2016</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M232" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="P232" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B233" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C233" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D233" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2011</v>
       </c>
       <c r="I233">
         <v>2019</v>
       </c>
       <c r="J233" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="M233" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="P233" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B234" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C234" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D234" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G234" t="s">
         <v>55</v>
       </c>
       <c r="H234">
         <v>2014</v>
       </c>
       <c r="I234">
         <v>2019</v>
       </c>
       <c r="J234" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="P234" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="B235" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C235" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D235" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E235" t="s">
         <v>42</v>
       </c>
       <c r="F235" t="s">
         <v>43</v>
       </c>
       <c r="G235" t="s">
         <v>55</v>
       </c>
       <c r="H235">
         <v>2009</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K235" t="s">
         <v>34</v>
       </c>
       <c r="L235" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="M235" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="P235" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B236" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C236" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D236" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>55</v>
       </c>
       <c r="H236">
         <v>2009</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K236" t="s">
         <v>34</v>
       </c>
       <c r="L236" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="M236" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="P236" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B237" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C237" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D237" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E237" t="s">
         <v>42</v>
       </c>
       <c r="F237" t="s">
         <v>21</v>
       </c>
       <c r="G237" t="s">
         <v>55</v>
       </c>
       <c r="H237">
         <v>2011</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K237" t="s">
         <v>34</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="P237" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B238" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C238" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D238" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2012</v>
       </c>
       <c r="I238">
         <v>2014</v>
       </c>
       <c r="J238" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K238" t="s">
         <v>34</v>
       </c>
       <c r="L238" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="M238" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="P238" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="B239" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C239" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D239" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="E239" t="s">
         <v>42</v>
       </c>
       <c r="F239" t="s">
         <v>43</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2014</v>
       </c>
       <c r="I239">
         <v>2017</v>
       </c>
       <c r="J239" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K239" t="s">
         <v>34</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="P239" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">