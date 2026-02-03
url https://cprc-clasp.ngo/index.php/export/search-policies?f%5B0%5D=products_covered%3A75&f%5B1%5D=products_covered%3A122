--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,84 +80,87 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...31 lines deleted...]
-    <t>Electric Kettles</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
     <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -933,696 +936,696 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H3">
         <v>1990</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H4">
         <v>2011</v>
       </c>
       <c r="I4">
         <v>2023</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
       <c r="I5">
         <v>2020</v>
       </c>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H8">
         <v>2011</v>
       </c>
       <c r="I8">
         <v>2013</v>
       </c>
       <c r="J8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H11">
         <v>2022</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H14">
         <v>2017</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="P14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H15">
         <v>2014</v>
       </c>
       <c r="I15">
         <v>2019</v>
       </c>
       <c r="J15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">