--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,558 +12,727 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -827,1221 +996,1380 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>1990</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...32 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...11 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...25 lines deleted...]
-      <c r="L4" t="s">
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
         <v>38</v>
       </c>
-      <c r="M4" t="s">
-[...122 lines deleted...]
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2017</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" t="s">
+        <v>101</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>118</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
         <v>44</v>
       </c>
-      <c r="M8" t="s">
-[...25 lines deleted...]
-      <c r="G9">
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H9">
-[...38 lines deleted...]
-      <c r="G10">
+      <c r="I15">
         <v>2013</v>
       </c>
-      <c r="H10">
-[...181 lines deleted...]
-      <c r="L14" t="s">
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>92</v>
       </c>
-      <c r="M14" t="s">
-[...68 lines deleted...]
-        <v>2012</v>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
-        <v>102</v>
+      <c r="I16">
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
+        <v>131</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...3 lines deleted...]
-      <c r="M16" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>139</v>
+      </c>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>141</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>144</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>149</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19" t="s">
+        <v>152</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>153</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
         <v>33</v>
       </c>
-      <c r="N16" t="s">
-[...22 lines deleted...]
-      <c r="G17">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>36</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>152</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>163</v>
+      </c>
+      <c r="H21">
+        <v>2024</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>153</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>100</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>125</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D23" t="s">
+        <v>172</v>
+      </c>
+      <c r="E23" t="s">
+        <v>81</v>
+      </c>
+      <c r="F23" t="s">
+        <v>173</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>174</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>81</v>
+      </c>
+      <c r="F24" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>83</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>180</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>171</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>81</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>185</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>186</v>
+      </c>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>171</v>
+      </c>
+      <c r="D26" t="s">
+        <v>172</v>
+      </c>
+      <c r="E26" t="s">
+        <v>81</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
         <v>2013</v>
       </c>
-      <c r="H17">
-[...370 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="N26" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>145</v>
+        <v>195</v>
       </c>
       <c r="B27" t="s">
-        <v>146</v>
+        <v>196</v>
       </c>
       <c r="C27" t="s">
-        <v>42</v>
+        <v>197</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="E27" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="F27" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
         <v>2006</v>
       </c>
-      <c r="H27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>198</v>
       </c>
       <c r="K27" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>149</v>
+        <v>199</v>
       </c>
       <c r="M27" t="s">
-        <v>33</v>
+        <v>200</v>
       </c>
       <c r="N27" t="s">
-        <v>150</v>
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>201</v>
+      </c>
+      <c r="P27" t="s">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>