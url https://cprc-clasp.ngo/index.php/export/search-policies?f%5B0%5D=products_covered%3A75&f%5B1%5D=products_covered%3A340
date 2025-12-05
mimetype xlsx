--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,570 +12,730 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -839,1205 +999,1362 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>1990</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...25 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>52</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>102</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>103</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>105</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>116</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>59</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>121</v>
+      </c>
+      <c r="M14" t="s">
+        <v>122</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D15" t="s">
+        <v>128</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>103</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>129</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>130</v>
+      </c>
+      <c r="M15" t="s">
+        <v>131</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>132</v>
+      </c>
+      <c r="P15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B16" t="s">
+        <v>135</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>136</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>137</v>
+      </c>
+      <c r="M16" t="s">
+        <v>131</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>138</v>
+      </c>
+      <c r="P16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>140</v>
+      </c>
+      <c r="B17" t="s">
+        <v>141</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
         <v>33</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E17" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" t="s">
+        <v>52</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>88</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...377 lines deleted...]
-      <c r="L13" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
         <v>90</v>
       </c>
-      <c r="M13" t="s">
-[...88 lines deleted...]
-      <c r="N15" t="s">
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>142</v>
+      </c>
+      <c r="P17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>144</v>
+      </c>
+      <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>103</v>
       </c>
-    </row>
-[...106 lines deleted...]
-        <v>2012</v>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-        <v>112</v>
+      <c r="I18">
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
+        <v>147</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
+        <v>153</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>154</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>155</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>156</v>
+      </c>
+      <c r="P19" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>158</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>104</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>90</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>164</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" t="s">
+        <v>165</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>166</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>167</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>172</v>
+      </c>
+      <c r="D22" t="s">
+        <v>173</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" t="s">
+        <v>103</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>80</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" t="s">
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
+        <v>179</v>
+      </c>
+      <c r="C23" t="s">
+        <v>180</v>
+      </c>
+      <c r="D23" t="s">
+        <v>181</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>182</v>
+      </c>
+      <c r="K23" t="s">
+        <v>183</v>
+      </c>
+      <c r="L23" t="s">
+        <v>184</v>
+      </c>
+      <c r="M23" t="s">
+        <v>185</v>
+      </c>
+      <c r="N23" t="s">
+        <v>186</v>
+      </c>
+      <c r="O23" t="s">
+        <v>187</v>
+      </c>
+      <c r="P23" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>189</v>
+      </c>
+      <c r="B24" t="s">
+        <v>190</v>
+      </c>
+      <c r="C24" t="s">
+        <v>191</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2017</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>80</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>192</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>193</v>
+      </c>
+      <c r="P24" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>195</v>
+      </c>
+      <c r="B25" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" t="s">
+        <v>163</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...3 lines deleted...]
-      <c r="M18" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>129</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...36 lines deleted...]
-      <c r="M19" t="s">
+      <c r="L25" t="s">
+        <v>197</v>
+      </c>
+      <c r="M25" t="s">
+        <v>198</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>201</v>
+      </c>
+      <c r="B26" t="s">
+        <v>202</v>
+      </c>
+      <c r="C26" t="s">
+        <v>163</v>
+      </c>
+      <c r="D26" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>166</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N19" t="s">
-[...285 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="N26" t="s">
-        <v>154</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>204</v>
+      </c>
+      <c r="P26" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>