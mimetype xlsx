--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -333,72 +333,72 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -1337,51 +1337,51 @@
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>99</v>
       </c>
       <c r="B11" t="s">
         <v>100</v>
       </c>
       <c r="C11" t="s">
         <v>101</v>
       </c>
       <c r="D11" t="s">
         <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>103</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>104</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>105</v>
       </c>
       <c r="N11" t="s">
         <v>36</v>
       </c>
       <c r="O11" t="s">
         <v>106</v>
       </c>
       <c r="P11" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>108</v>