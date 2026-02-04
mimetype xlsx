--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -445,69 +445,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
@@ -1825,51 +1825,51 @@
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>136</v>
       </c>
       <c r="B17" t="s">
         <v>137</v>
       </c>
       <c r="C17" t="s">
         <v>138</v>
       </c>
       <c r="D17" t="s">
         <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>140</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>141</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>142</v>
       </c>
       <c r="P17" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>144</v>