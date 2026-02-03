--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -930,67 +930,67 @@
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
   </si>
   <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>