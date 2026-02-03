--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -428,63 +428,60 @@
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
@@ -782,50 +779,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -2104,781 +2104,783 @@
       </c>
       <c r="L13" t="s">
         <v>119</v>
       </c>
       <c r="M13" t="s">
         <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>120</v>
       </c>
       <c r="P13" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>122</v>
       </c>
       <c r="B14" t="s">
         <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>108</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
       <c r="F14" t="s">
         <v>125</v>
       </c>
       <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
         <v>126</v>
-      </c>
-[...5 lines deleted...]
-        <v>127</v>
       </c>
       <c r="K14" t="s">
         <v>36</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>48</v>
       </c>
       <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
         <v>131</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>132</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>94</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="K15" t="s">
         <v>36</v>
       </c>
       <c r="L15" t="s">
+        <v>135</v>
+      </c>
+      <c r="M15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>137</v>
+      </c>
+      <c r="P15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>139</v>
+      </c>
+      <c r="B16" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C16" t="s">
         <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>62</v>
       </c>
       <c r="F16" t="s">
         <v>63</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16">
         <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>71</v>
       </c>
       <c r="K16" t="s">
         <v>36</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>73</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>143</v>
+      </c>
+      <c r="B17" t="s">
         <v>144</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>94</v>
       </c>
       <c r="G17" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H17">
         <v>2020</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K17" t="s">
         <v>36</v>
       </c>
       <c r="L17" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="M17" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>149</v>
+      </c>
+      <c r="P17" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>151</v>
+      </c>
+      <c r="B18" t="s">
         <v>152</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="K18" t="s">
         <v>36</v>
       </c>
       <c r="L18" t="s">
+        <v>156</v>
+      </c>
+      <c r="M18" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>158</v>
+      </c>
+      <c r="P18" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>160</v>
+      </c>
+      <c r="B19" t="s">
         <v>161</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>34</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
       <c r="I19">
         <v>2021</v>
       </c>
       <c r="J19" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K19" t="s">
         <v>36</v>
       </c>
       <c r="L19" t="s">
+        <v>164</v>
+      </c>
+      <c r="M19" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
+        <v>166</v>
+      </c>
+      <c r="P19" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>168</v>
+      </c>
+      <c r="B20" t="s">
         <v>169</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D20" t="s">
         <v>78</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20" t="s">
+        <v>172</v>
+      </c>
+      <c r="M20" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>174</v>
+      </c>
+      <c r="P20" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>176</v>
+      </c>
+      <c r="B21" t="s">
         <v>177</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D21" t="s">
         <v>78</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2013</v>
       </c>
       <c r="J21" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="K21" t="s">
         <v>47</v>
       </c>
       <c r="L21" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="M21" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
+        <v>179</v>
+      </c>
+      <c r="P21" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>181</v>
+      </c>
+      <c r="B22" t="s">
         <v>182</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>45</v>
       </c>
       <c r="H22">
         <v>2022</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="K22" t="s">
         <v>36</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
+        <v>186</v>
+      </c>
+      <c r="P22" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>188</v>
+      </c>
+      <c r="B23" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="C23" t="s">
         <v>84</v>
       </c>
       <c r="D23" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E23" t="s">
         <v>62</v>
       </c>
       <c r="F23" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="G23" t="s">
         <v>45</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="K23" t="s">
         <v>36</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>194</v>
+      </c>
+      <c r="P23" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>196</v>
+      </c>
+      <c r="B24" t="s">
         <v>197</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>198</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>45</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>71</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
+        <v>200</v>
+      </c>
+      <c r="M24" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
+        <v>202</v>
+      </c>
+      <c r="P24" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>204</v>
+      </c>
+      <c r="B25" t="s">
         <v>205</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>62</v>
       </c>
       <c r="F25" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G25" t="s">
         <v>45</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="K25" t="s">
         <v>36</v>
       </c>
       <c r="L25" t="s">
+        <v>209</v>
+      </c>
+      <c r="M25" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
+        <v>211</v>
+      </c>
+      <c r="P25" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>213</v>
+      </c>
+      <c r="B26" t="s">
         <v>214</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>62</v>
       </c>
       <c r="F26" t="s">
         <v>63</v>
       </c>
       <c r="G26" t="s">
         <v>45</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
       <c r="L26" t="s">
+        <v>215</v>
+      </c>
+      <c r="M26" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
+        <v>217</v>
+      </c>
+      <c r="P26" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>219</v>
+      </c>
+      <c r="B27" t="s">
         <v>220</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>45</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K27" t="s">
         <v>36</v>
       </c>
       <c r="L27" t="s">
+        <v>222</v>
+      </c>
+      <c r="M27" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
+        <v>224</v>
+      </c>
+      <c r="P27" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>226</v>
+      </c>
+      <c r="B28" t="s">
         <v>227</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>228</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>94</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2017</v>
       </c>
       <c r="I28">
         <v>2021</v>
       </c>
       <c r="J28" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K28" t="s">
+        <v>230</v>
+      </c>
+      <c r="L28" t="s">
         <v>231</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
         <v>232</v>
       </c>
-      <c r="M28" t="s">
+      <c r="N28" t="s">
         <v>233</v>
       </c>
-      <c r="N28" t="s">
+      <c r="O28" t="s">
         <v>234</v>
       </c>
-      <c r="O28" t="s">
+      <c r="P28" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>236</v>
+      </c>
+      <c r="B29" t="s">
         <v>237</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="D29" t="s">
         <v>124</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
+        <v>239</v>
+      </c>
+      <c r="G29" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="H29">
         <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>241</v>
       </c>
       <c r="K29" t="s">
         <v>36</v>
       </c>
       <c r="L29" t="s">
         <v>242</v>
       </c>
       <c r="M29" t="s">
         <v>243</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>244</v>
       </c>
       <c r="P29" t="s">
         <v>245</v>
@@ -3017,51 +3019,51 @@
       </c>
       <c r="M32" t="s">
         <v>266</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>267</v>
       </c>
       <c r="P32" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>269</v>
       </c>
       <c r="B33" t="s">
         <v>270</v>
       </c>
       <c r="C33" t="s">
         <v>271</v>
       </c>
       <c r="D33" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>45</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>95</v>
       </c>
       <c r="K33" t="s">
         <v>36</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>272</v>
       </c>
       <c r="N33" t="s">
@@ -3179,51 +3181,51 @@
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>45</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>95</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>286</v>
       </c>
       <c r="N36" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="O36" t="s">
         <v>292</v>
       </c>
       <c r="P36" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>294</v>
       </c>
       <c r="B37" t="s">
         <v>295</v>
       </c>
       <c r="C37" t="s">
         <v>84</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
         <v>62</v>
       </c>
       <c r="F37" t="s">
@@ -3341,165 +3343,165 @@
       </c>
       <c r="M39" t="s">
         <v>310</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>311</v>
       </c>
       <c r="P39" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>313</v>
       </c>
       <c r="B40" t="s">
         <v>314</v>
       </c>
       <c r="C40" t="s">
         <v>84</v>
       </c>
       <c r="D40" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E40" t="s">
         <v>62</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>45</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
         <v>315</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>316</v>
       </c>
       <c r="P40" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>318</v>
       </c>
       <c r="B41" t="s">
         <v>319</v>
       </c>
       <c r="C41" t="s">
         <v>320</v>
       </c>
       <c r="D41" t="s">
         <v>321</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>94</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2014</v>
       </c>
       <c r="J41" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
         <v>322</v>
       </c>
       <c r="M41" t="s">
         <v>323</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>324</v>
       </c>
       <c r="P41" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>326</v>
       </c>
       <c r="B42" t="s">
         <v>327</v>
       </c>
       <c r="C42" t="s">
         <v>328</v>
       </c>
       <c r="D42" t="s">
         <v>329</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
         <v>34</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42">
         <v>2016</v>
       </c>
       <c r="J42" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K42" t="s">
         <v>330</v>
       </c>
       <c r="L42" t="s">
         <v>331</v>
       </c>
       <c r="M42" t="s">
         <v>332</v>
       </c>
       <c r="N42" t="s">
         <v>333</v>
       </c>
       <c r="O42" t="s">
         <v>334</v>
       </c>
       <c r="P42" t="s">
         <v>335</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">