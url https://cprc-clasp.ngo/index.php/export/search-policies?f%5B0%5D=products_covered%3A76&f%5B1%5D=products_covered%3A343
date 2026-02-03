--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -597,69 +597,69 @@
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
   </si>
   <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
   </si>
   <si>
     <t>Kitchen, Microwaves</t>
   </si>
@@ -2366,51 +2366,51 @@
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>184</v>
       </c>
       <c r="B23" t="s">
         <v>185</v>
       </c>
       <c r="C23" t="s">
         <v>186</v>
       </c>
       <c r="D23" t="s">
         <v>187</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>188</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>189</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>190</v>
       </c>
       <c r="P23" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>192</v>