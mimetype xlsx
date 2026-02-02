--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -12,625 +12,804 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
-    <t>May 2021</t>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -894,1281 +1073,1452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N28"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="563.862" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>89</v>
+      </c>
+      <c r="M9" t="s">
+        <v>90</v>
+      </c>
+      <c r="N9" t="s">
+        <v>91</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>103</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>104</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>105</v>
+      </c>
+      <c r="M11" t="s">
+        <v>106</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>46</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>56</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B13" t="s">
+        <v>114</v>
+      </c>
+      <c r="C13" t="s">
+        <v>115</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>78</v>
+      </c>
+      <c r="G13" t="s">
+        <v>116</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>118</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>121</v>
+      </c>
+      <c r="B14" t="s">
+        <v>122</v>
+      </c>
+      <c r="C14" t="s">
+        <v>123</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>124</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>125</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>126</v>
+      </c>
+      <c r="M14" t="s">
+        <v>127</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>128</v>
+      </c>
+      <c r="P14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
+        <v>131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>133</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>134</v>
+      </c>
+      <c r="M15" t="s">
+        <v>135</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>136</v>
+      </c>
+      <c r="P15" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>138</v>
+      </c>
+      <c r="B16" t="s">
+        <v>139</v>
+      </c>
+      <c r="C16" t="s">
+        <v>140</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>46</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>141</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>142</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>143</v>
+      </c>
+      <c r="P16" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>145</v>
+      </c>
+      <c r="B17" t="s">
+        <v>146</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>46</v>
+      </c>
+      <c r="H17">
+        <v>2004</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>63</v>
+      </c>
+      <c r="M17" t="s">
+        <v>48</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>148</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>150</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" t="s">
+        <v>151</v>
+      </c>
+      <c r="G18" t="s">
+        <v>46</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>152</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>153</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>158</v>
+      </c>
+      <c r="D19" t="s">
+        <v>159</v>
+      </c>
+      <c r="E19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>46</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>54</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L19" t="s">
+        <v>160</v>
+      </c>
+      <c r="M19" t="s">
+        <v>161</v>
+      </c>
+      <c r="N19" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O19" t="s">
+        <v>162</v>
+      </c>
+      <c r="P19" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" t="s">
+        <v>165</v>
+      </c>
+      <c r="C20" t="s">
+        <v>166</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>167</v>
+      </c>
+      <c r="G20" t="s">
+        <v>46</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>168</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>169</v>
+      </c>
+      <c r="M20" t="s">
+        <v>170</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>171</v>
+      </c>
+      <c r="P20" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>173</v>
+      </c>
+      <c r="B21" t="s">
+        <v>174</v>
+      </c>
+      <c r="C21" t="s">
+        <v>132</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" t="s">
+        <v>46</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>133</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>175</v>
+      </c>
+      <c r="M21" t="s">
+        <v>176</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>177</v>
+      </c>
+      <c r="P21" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>179</v>
+      </c>
+      <c r="B22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C22" t="s">
+        <v>181</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>46</v>
+      </c>
+      <c r="H22">
+        <v>2016</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>182</v>
+      </c>
+      <c r="M22" t="s">
+        <v>183</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>184</v>
+      </c>
+      <c r="P22" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>186</v>
+      </c>
+      <c r="B23" t="s">
+        <v>187</v>
+      </c>
+      <c r="C23" t="s">
+        <v>188</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" t="s">
+        <v>46</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>189</v>
+      </c>
+      <c r="M23" t="s">
+        <v>190</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>191</v>
+      </c>
+      <c r="P23" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>193</v>
+      </c>
+      <c r="B24" t="s">
+        <v>194</v>
+      </c>
+      <c r="C24" t="s">
+        <v>195</v>
+      </c>
+      <c r="D24" t="s">
+        <v>103</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>46</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>79</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>196</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>197</v>
+      </c>
+      <c r="P24" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>199</v>
+      </c>
+      <c r="B25" t="s">
+        <v>200</v>
+      </c>
+      <c r="C25" t="s">
+        <v>201</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>202</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>79</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>203</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>204</v>
+      </c>
+      <c r="P25" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>206</v>
+      </c>
+      <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2011</v>
       </c>
-      <c r="H3">
-[...11 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>208</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>209</v>
+      </c>
+      <c r="M26" t="s">
+        <v>210</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>211</v>
+      </c>
+      <c r="P26" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>213</v>
+      </c>
+      <c r="B27" t="s">
+        <v>214</v>
+      </c>
+      <c r="C27" t="s">
+        <v>215</v>
+      </c>
+      <c r="D27" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="E27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>216</v>
+      </c>
+      <c r="K27" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...36 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L27" t="s">
+        <v>217</v>
+      </c>
+      <c r="M27" t="s">
+        <v>218</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>219</v>
+      </c>
+      <c r="P27" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>221</v>
+      </c>
+      <c r="B28" t="s">
+        <v>222</v>
+      </c>
+      <c r="C28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" t="s">
+        <v>150</v>
+      </c>
+      <c r="E28" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5">
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>46</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...23 lines deleted...]
-      <c r="B6" t="s">
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>152</v>
+      </c>
+      <c r="K28" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
-[...168 lines deleted...]
-      <c r="B10" t="s">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>223</v>
+      </c>
+      <c r="N28" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...777 lines deleted...]
-        <v>169</v>
+      <c r="O28" t="s">
+        <v>224</v>
+      </c>
+      <c r="P28" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>