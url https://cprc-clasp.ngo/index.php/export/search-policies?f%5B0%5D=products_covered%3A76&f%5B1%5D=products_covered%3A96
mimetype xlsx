--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,990 +12,1352 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="400">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1259,2415 +1621,2746 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2003</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
         <v>2017</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>43</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2017</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>38</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="L6" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>30</v>
-[...7 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
       <c r="N7" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>66</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
         <v>2015</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K8"/>
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>66</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K9"/>
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
       <c r="L9"/>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M9"/>
       <c r="N9" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>66</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>35</v>
+        <v>86</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>88</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-        <v>67</v>
+      <c r="I11">
+        <v>2012</v>
       </c>
       <c r="J11" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="K11" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="L11" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>87</v>
+      </c>
+      <c r="F12" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" t="s">
+        <v>102</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>103</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>119</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>120</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" t="s">
+        <v>88</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>87</v>
+      </c>
+      <c r="F17" t="s">
+        <v>88</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>136</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>137</v>
+      </c>
+      <c r="P17" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>141</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>87</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>141</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>142</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>155</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>156</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>121</v>
+      </c>
+      <c r="K20" t="s">
+        <v>157</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>161</v>
+      </c>
+      <c r="B21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>156</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2023</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>163</v>
+      </c>
+      <c r="K21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>169</v>
+      </c>
+      <c r="D22" t="s">
+        <v>170</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2024</v>
+      </c>
+      <c r="J22" t="s">
+        <v>171</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" t="s">
+        <v>172</v>
+      </c>
+      <c r="M22" t="s">
+        <v>173</v>
+      </c>
+      <c r="N22" t="s">
+        <v>174</v>
+      </c>
+      <c r="O22" t="s">
+        <v>175</v>
+      </c>
+      <c r="P22" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C23" t="s">
+        <v>42</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>179</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2017</v>
+      </c>
+      <c r="J23" t="s">
+        <v>171</v>
+      </c>
+      <c r="K23" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23" t="s">
+        <v>180</v>
+      </c>
+      <c r="M23" t="s">
+        <v>47</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>181</v>
+      </c>
+      <c r="P23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" t="s">
+        <v>184</v>
+      </c>
+      <c r="C24" t="s">
+        <v>42</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>89</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24" t="s">
+        <v>59</v>
+      </c>
+      <c r="M24" t="s">
+        <v>47</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>185</v>
+      </c>
+      <c r="P24" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>42</v>
+      </c>
+      <c r="D25" t="s">
+        <v>33</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>89</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25" t="s">
+        <v>189</v>
+      </c>
+      <c r="M25" t="s">
+        <v>47</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B26" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" t="s">
+        <v>194</v>
+      </c>
+      <c r="D26" t="s">
+        <v>195</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>156</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2024</v>
+      </c>
+      <c r="J26" t="s">
+        <v>196</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>197</v>
+      </c>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>203</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>204</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>133</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
+        <v>87</v>
+      </c>
+      <c r="F28" t="s">
+        <v>88</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>134</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>136</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>214</v>
+      </c>
+      <c r="C29" t="s">
+        <v>215</v>
+      </c>
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>156</v>
+      </c>
+      <c r="G29" t="s">
+        <v>216</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>217</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" t="s">
+        <v>218</v>
+      </c>
+      <c r="M29" t="s">
+        <v>198</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>219</v>
+      </c>
+      <c r="P29" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>221</v>
+      </c>
+      <c r="B30" t="s">
+        <v>222</v>
+      </c>
+      <c r="C30" t="s">
+        <v>223</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>87</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>120</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>224</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>225</v>
+      </c>
+      <c r="M30" t="s">
+        <v>226</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>227</v>
+      </c>
+      <c r="P30" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>229</v>
+      </c>
+      <c r="B31" t="s">
+        <v>230</v>
+      </c>
+      <c r="C31" t="s">
+        <v>231</v>
+      </c>
+      <c r="D31" t="s">
+        <v>52</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>232</v>
+      </c>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31" t="s">
+        <v>233</v>
+      </c>
+      <c r="M31" t="s">
+        <v>234</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>235</v>
+      </c>
+      <c r="P31" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>237</v>
+      </c>
+      <c r="B32" t="s">
+        <v>238</v>
+      </c>
+      <c r="C32" t="s">
+        <v>239</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>156</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2007</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>127</v>
+      </c>
+      <c r="K32" t="s">
+        <v>35</v>
+      </c>
+      <c r="L32" t="s">
+        <v>240</v>
+      </c>
+      <c r="M32" t="s">
+        <v>241</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>242</v>
+      </c>
+      <c r="P32" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>244</v>
+      </c>
+      <c r="B33" t="s">
+        <v>245</v>
+      </c>
+      <c r="C33" t="s">
+        <v>246</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>247</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>248</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>249</v>
+      </c>
+      <c r="P33" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>251</v>
+      </c>
+      <c r="B34" t="s">
+        <v>252</v>
+      </c>
+      <c r="C34" t="s">
+        <v>253</v>
+      </c>
+      <c r="D34" t="s">
+        <v>254</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>2024</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>255</v>
+      </c>
+      <c r="K34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>256</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>257</v>
+      </c>
+      <c r="P34" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>259</v>
+      </c>
+      <c r="B35" t="s">
+        <v>260</v>
+      </c>
+      <c r="C35" t="s">
+        <v>253</v>
+      </c>
+      <c r="D35" t="s">
+        <v>254</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
+        <v>2025</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>255</v>
+      </c>
+      <c r="K35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>256</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>261</v>
+      </c>
+      <c r="P35" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>263</v>
+      </c>
+      <c r="B36" t="s">
+        <v>264</v>
+      </c>
+      <c r="C36" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" t="s">
+        <v>265</v>
+      </c>
+      <c r="E36" t="s">
+        <v>87</v>
+      </c>
+      <c r="F36" t="s">
+        <v>266</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>267</v>
+      </c>
+      <c r="K36" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>268</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>269</v>
+      </c>
+      <c r="P36" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>271</v>
+      </c>
+      <c r="B37" t="s">
+        <v>272</v>
+      </c>
+      <c r="C37" t="s">
+        <v>273</v>
+      </c>
+      <c r="D37" t="s">
+        <v>274</v>
+      </c>
+      <c r="E37" t="s">
+        <v>87</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>134</v>
+      </c>
+      <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...16 lines deleted...]
-      <c r="E12" t="s">
+      <c r="L37" t="s">
+        <v>275</v>
+      </c>
+      <c r="M37" t="s">
+        <v>276</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>277</v>
+      </c>
+      <c r="P37" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>279</v>
+      </c>
+      <c r="B38" t="s">
+        <v>280</v>
+      </c>
+      <c r="C38" t="s">
+        <v>281</v>
+      </c>
+      <c r="D38" t="s">
+        <v>282</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>44</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>283</v>
+      </c>
+      <c r="K38" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" t="s">
+        <v>284</v>
+      </c>
+      <c r="M38" t="s">
+        <v>285</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>286</v>
+      </c>
+      <c r="P38" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>288</v>
+      </c>
+      <c r="B39" t="s">
+        <v>289</v>
+      </c>
+      <c r="C39" t="s">
+        <v>290</v>
+      </c>
+      <c r="D39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E39" t="s">
+        <v>87</v>
+      </c>
+      <c r="F39" t="s">
+        <v>291</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>104</v>
+      </c>
+      <c r="K39" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39" t="s">
+        <v>292</v>
+      </c>
+      <c r="M39" t="s">
+        <v>293</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>294</v>
+      </c>
+      <c r="P39" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>296</v>
+      </c>
+      <c r="B40" t="s">
+        <v>297</v>
+      </c>
+      <c r="C40" t="s">
+        <v>231</v>
+      </c>
+      <c r="D40" t="s">
+        <v>52</v>
+      </c>
+      <c r="E40" t="s">
+        <v>87</v>
+      </c>
+      <c r="F40" t="s">
+        <v>88</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>232</v>
+      </c>
+      <c r="K40" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40" t="s">
+        <v>298</v>
+      </c>
+      <c r="M40" t="s">
+        <v>299</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>300</v>
+      </c>
+      <c r="P40" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>302</v>
+      </c>
+      <c r="B41" t="s">
+        <v>303</v>
+      </c>
+      <c r="C41" t="s">
+        <v>304</v>
+      </c>
+      <c r="D41" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>44</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>232</v>
+      </c>
+      <c r="K41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41" t="s">
+        <v>305</v>
+      </c>
+      <c r="M41" t="s">
+        <v>306</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>307</v>
+      </c>
+      <c r="P41" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>309</v>
+      </c>
+      <c r="B42" t="s">
+        <v>310</v>
+      </c>
+      <c r="C42" t="s">
+        <v>311</v>
+      </c>
+      <c r="D42" t="s">
+        <v>312</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>156</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>217</v>
+      </c>
+      <c r="K42" t="s">
+        <v>313</v>
+      </c>
+      <c r="L42" t="s">
+        <v>314</v>
+      </c>
+      <c r="M42" t="s">
+        <v>315</v>
+      </c>
+      <c r="N42" t="s">
         <v>66</v>
       </c>
-      <c r="F12" t="s">
-[...5 lines deleted...]
-      <c r="H12">
+      <c r="O42" t="s">
+        <v>316</v>
+      </c>
+      <c r="P42" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>318</v>
+      </c>
+      <c r="B43" t="s">
+        <v>319</v>
+      </c>
+      <c r="C43" t="s">
+        <v>320</v>
+      </c>
+      <c r="D43" t="s">
+        <v>321</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>156</v>
+      </c>
+      <c r="G43" t="s">
+        <v>44</v>
+      </c>
+      <c r="H43">
+        <v>2019</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>322</v>
+      </c>
+      <c r="K43" t="s">
+        <v>35</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>323</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>324</v>
+      </c>
+      <c r="P43" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>326</v>
+      </c>
+      <c r="B44" t="s">
+        <v>327</v>
+      </c>
+      <c r="C44" t="s">
+        <v>328</v>
+      </c>
+      <c r="D44" t="s">
+        <v>52</v>
+      </c>
+      <c r="E44" t="s">
+        <v>87</v>
+      </c>
+      <c r="F44" t="s">
+        <v>156</v>
+      </c>
+      <c r="G44" t="s">
+        <v>44</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>121</v>
+      </c>
+      <c r="K44" t="s">
+        <v>35</v>
+      </c>
+      <c r="L44" t="s">
+        <v>329</v>
+      </c>
+      <c r="M44" t="s">
+        <v>330</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>331</v>
+      </c>
+      <c r="P44" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>333</v>
+      </c>
+      <c r="B45" t="s">
+        <v>334</v>
+      </c>
+      <c r="C45" t="s">
+        <v>335</v>
+      </c>
+      <c r="D45" t="s">
+        <v>282</v>
+      </c>
+      <c r="E45" t="s">
+        <v>87</v>
+      </c>
+      <c r="F45" t="s">
+        <v>88</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2001</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>232</v>
+      </c>
+      <c r="K45" t="s">
+        <v>35</v>
+      </c>
+      <c r="L45" t="s">
+        <v>336</v>
+      </c>
+      <c r="M45" t="s">
+        <v>337</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>338</v>
+      </c>
+      <c r="P45" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>340</v>
+      </c>
+      <c r="B46" t="s">
+        <v>341</v>
+      </c>
+      <c r="C46" t="s">
+        <v>342</v>
+      </c>
+      <c r="D46" t="s">
+        <v>195</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
         <v>2016</v>
       </c>
-      <c r="I12" t="s">
-[...37 lines deleted...]
-      <c r="G13">
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>121</v>
+      </c>
+      <c r="K46" t="s">
+        <v>35</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>343</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>344</v>
+      </c>
+      <c r="P46" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>346</v>
+      </c>
+      <c r="B47" t="s">
+        <v>347</v>
+      </c>
+      <c r="C47" t="s">
+        <v>253</v>
+      </c>
+      <c r="D47" t="s">
+        <v>52</v>
+      </c>
+      <c r="E47" t="s">
+        <v>87</v>
+      </c>
+      <c r="F47" t="s">
+        <v>88</v>
+      </c>
+      <c r="G47" t="s">
+        <v>348</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>121</v>
+      </c>
+      <c r="K47" t="s">
+        <v>35</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>349</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>350</v>
+      </c>
+      <c r="P47" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>352</v>
+      </c>
+      <c r="B48" t="s">
+        <v>353</v>
+      </c>
+      <c r="C48" t="s">
+        <v>335</v>
+      </c>
+      <c r="D48" t="s">
+        <v>282</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>156</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2008</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>142</v>
+      </c>
+      <c r="K48" t="s">
+        <v>35</v>
+      </c>
+      <c r="L48" t="s">
+        <v>354</v>
+      </c>
+      <c r="M48" t="s">
+        <v>355</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>356</v>
+      </c>
+      <c r="P48" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>358</v>
+      </c>
+      <c r="B49" t="s">
+        <v>359</v>
+      </c>
+      <c r="C49" t="s">
+        <v>101</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>104</v>
+      </c>
+      <c r="K49" t="s">
+        <v>35</v>
+      </c>
+      <c r="L49" t="s">
+        <v>360</v>
+      </c>
+      <c r="M49" t="s">
+        <v>105</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>361</v>
+      </c>
+      <c r="P49" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>363</v>
+      </c>
+      <c r="B50" t="s">
+        <v>364</v>
+      </c>
+      <c r="C50" t="s">
+        <v>141</v>
+      </c>
+      <c r="D50" t="s">
+        <v>52</v>
+      </c>
+      <c r="E50" t="s">
+        <v>87</v>
+      </c>
+      <c r="F50" t="s">
+        <v>88</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>2011</v>
       </c>
-      <c r="H13">
-[...38 lines deleted...]
-      <c r="G14">
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>365</v>
+      </c>
+      <c r="K50" t="s">
+        <v>35</v>
+      </c>
+      <c r="L50" t="s">
+        <v>366</v>
+      </c>
+      <c r="M50" t="s">
+        <v>367</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>368</v>
+      </c>
+      <c r="P50" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>370</v>
+      </c>
+      <c r="B51" t="s">
+        <v>371</v>
+      </c>
+      <c r="C51" t="s">
+        <v>141</v>
+      </c>
+      <c r="D51" t="s">
+        <v>33</v>
+      </c>
+      <c r="E51" t="s">
+        <v>87</v>
+      </c>
+      <c r="F51" t="s">
+        <v>88</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>365</v>
+      </c>
+      <c r="K51" t="s">
+        <v>35</v>
+      </c>
+      <c r="L51" t="s">
+        <v>372</v>
+      </c>
+      <c r="M51" t="s">
+        <v>367</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>373</v>
+      </c>
+      <c r="P51" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>375</v>
+      </c>
+      <c r="B52" t="s">
+        <v>376</v>
+      </c>
+      <c r="C52" t="s">
+        <v>377</v>
+      </c>
+      <c r="D52" t="s">
+        <v>52</v>
+      </c>
+      <c r="E52" t="s">
+        <v>87</v>
+      </c>
+      <c r="F52" t="s">
+        <v>88</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2014</v>
+      </c>
+      <c r="I52">
         <v>2020</v>
       </c>
-      <c r="H14"/>
-[...18 lines deleted...]
-      <c r="A15" t="s">
+      <c r="J52" t="s">
+        <v>283</v>
+      </c>
+      <c r="K52" t="s">
+        <v>35</v>
+      </c>
+      <c r="L52" t="s">
+        <v>378</v>
+      </c>
+      <c r="M52" t="s">
+        <v>379</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>380</v>
+      </c>
+      <c r="P52" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>382</v>
+      </c>
+      <c r="B53" t="s">
+        <v>383</v>
+      </c>
+      <c r="C53" t="s">
+        <v>141</v>
+      </c>
+      <c r="D53" t="s">
+        <v>265</v>
+      </c>
+      <c r="E53" t="s">
         <v>87</v>
       </c>
-      <c r="B15" t="s">
-[...40 lines deleted...]
-      <c r="C16" t="s">
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>44</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>267</v>
+      </c>
+      <c r="K53" t="s">
+        <v>35</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>384</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>385</v>
+      </c>
+      <c r="P53" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>387</v>
+      </c>
+      <c r="B54" t="s">
+        <v>388</v>
+      </c>
+      <c r="C54" t="s">
+        <v>389</v>
+      </c>
+      <c r="D54" t="s">
+        <v>390</v>
+      </c>
+      <c r="E54" t="s">
+        <v>87</v>
+      </c>
+      <c r="F54" t="s">
         <v>43</v>
       </c>
-      <c r="D16" t="s">
-[...421 lines deleted...]
-      <c r="B26" t="s">
+      <c r="G54" t="s">
+        <v>44</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
         <v>142</v>
       </c>
-      <c r="C26" t="s">
-[...224 lines deleted...]
-      <c r="H31">
+      <c r="K54" t="s">
+        <v>35</v>
+      </c>
+      <c r="L54" t="s">
+        <v>391</v>
+      </c>
+      <c r="M54" t="s">
+        <v>392</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>393</v>
+      </c>
+      <c r="P54" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>395</v>
+      </c>
+      <c r="B55" t="s">
+        <v>396</v>
+      </c>
+      <c r="C55" t="s">
+        <v>389</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" t="s">
+        <v>87</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>44</v>
+      </c>
+      <c r="H55">
         <v>2021</v>
       </c>
-      <c r="I31" t="s">
-[...1001 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="K55" t="s">
-        <v>285</v>
+        <v>35</v>
       </c>
       <c r="L55" t="s">
-        <v>282</v>
+        <v>397</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>392</v>
       </c>
       <c r="N55" t="s">
-        <v>286</v>
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>398</v>
+      </c>
+      <c r="P55" t="s">
+        <v>399</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>