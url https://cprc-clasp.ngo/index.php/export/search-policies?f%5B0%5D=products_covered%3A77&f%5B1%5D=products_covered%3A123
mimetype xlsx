--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,1024 +12,1420 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...5 lines deleted...]
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
-  </si>
-[...22 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1293,2753 +1689,3134 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N63"/>
+  <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1979</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>60</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>91</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2023</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>110</v>
+      </c>
+      <c r="P14" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" t="s">
+        <v>116</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...13 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G16" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>133</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>134</v>
+      </c>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D18" t="s">
+        <v>141</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>142</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>143</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>145</v>
+      </c>
+      <c r="P18" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>147</v>
+      </c>
+      <c r="B19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C19" t="s">
+        <v>149</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>115</v>
+      </c>
+      <c r="F19" t="s">
+        <v>116</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H4">
+      <c r="I19">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2006</v>
+      </c>
+      <c r="I20">
+        <v>2008</v>
+      </c>
+      <c r="J20" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D21" t="s">
+        <v>106</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>164</v>
+      </c>
+      <c r="H21">
+        <v>1989</v>
+      </c>
+      <c r="I21">
+        <v>2009</v>
+      </c>
+      <c r="J21" t="s">
+        <v>165</v>
+      </c>
+      <c r="K21" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="L21" t="s">
+        <v>166</v>
+      </c>
+      <c r="M21" t="s">
+        <v>48</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>167</v>
+      </c>
+      <c r="P21" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>43</v>
+      </c>
+      <c r="D22" t="s">
+        <v>106</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>171</v>
+      </c>
+      <c r="M22" t="s">
+        <v>172</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>173</v>
+      </c>
+      <c r="P22" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>175</v>
+      </c>
+      <c r="B23" t="s">
+        <v>176</v>
+      </c>
+      <c r="C23" t="s">
+        <v>43</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>177</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...20 lines deleted...]
-      <c r="A6" t="s">
+      <c r="J23" t="s">
+        <v>150</v>
+      </c>
+      <c r="K23" t="s">
         <v>46</v>
       </c>
-      <c r="B6" t="s">
-[...20 lines deleted...]
-      <c r="I6" t="s">
+      <c r="L23" t="s">
+        <v>178</v>
+      </c>
+      <c r="M23" t="s">
         <v>48</v>
       </c>
-      <c r="J6" t="s">
-[...708 lines deleted...]
-      </c>
       <c r="N23" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>179</v>
+      </c>
+      <c r="P23" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="B24" t="s">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="C24" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="E24" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2019</v>
       </c>
-      <c r="I24" t="s">
-        <v>31</v>
+      <c r="I24">
+        <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K24" t="s">
-        <v>136</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>137</v>
+        <v>185</v>
       </c>
       <c r="M24" t="s">
+        <v>186</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>187</v>
+      </c>
+      <c r="P24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>189</v>
+      </c>
+      <c r="B25" t="s">
+        <v>190</v>
+      </c>
+      <c r="C25" t="s">
+        <v>191</v>
+      </c>
+      <c r="D25" t="s">
+        <v>106</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>142</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2025</v>
+      </c>
+      <c r="J25" t="s">
+        <v>192</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>193</v>
+      </c>
+      <c r="M25" t="s">
+        <v>194</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>195</v>
+      </c>
+      <c r="P25" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>197</v>
+      </c>
+      <c r="B26" t="s">
+        <v>198</v>
+      </c>
+      <c r="C26" t="s">
+        <v>191</v>
+      </c>
+      <c r="D26" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>142</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2025</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>192</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>200</v>
+      </c>
+      <c r="C27" t="s">
+        <v>191</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>142</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>201</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>202</v>
+      </c>
+      <c r="M27" t="s">
+        <v>194</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>203</v>
+      </c>
+      <c r="P27" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>205</v>
+      </c>
+      <c r="B28" t="s">
+        <v>206</v>
+      </c>
+      <c r="C28" t="s">
+        <v>207</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>142</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2024</v>
+      </c>
+      <c r="J28" t="s">
+        <v>201</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>209</v>
+      </c>
+      <c r="M28" t="s">
+        <v>194</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>210</v>
+      </c>
+      <c r="P28" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>212</v>
+      </c>
+      <c r="B29" t="s">
+        <v>213</v>
+      </c>
+      <c r="C29" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>115</v>
+      </c>
+      <c r="F29" t="s">
+        <v>116</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2006</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>214</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>215</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>115</v>
+      </c>
+      <c r="F30" t="s">
+        <v>116</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2006</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>214</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>191</v>
+      </c>
+      <c r="D31" t="s">
+        <v>106</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>142</v>
+      </c>
+      <c r="G31" t="s">
+        <v>224</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>225</v>
+      </c>
+      <c r="K31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>226</v>
+      </c>
+      <c r="M31" t="s">
+        <v>194</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>227</v>
+      </c>
+      <c r="P31" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>229</v>
+      </c>
+      <c r="B32" t="s">
+        <v>230</v>
+      </c>
+      <c r="C32" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" t="s">
+        <v>231</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>142</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2023</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>92</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>232</v>
+      </c>
+      <c r="M32" t="s">
+        <v>100</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>233</v>
+      </c>
+      <c r="P32" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>235</v>
+      </c>
+      <c r="B33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>237</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2021</v>
+      </c>
+      <c r="J33" t="s">
+        <v>238</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>239</v>
+      </c>
+      <c r="M33" t="s">
+        <v>240</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>241</v>
+      </c>
+      <c r="P33" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>243</v>
+      </c>
+      <c r="B34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C34" t="s">
+        <v>237</v>
+      </c>
+      <c r="D34" t="s">
+        <v>124</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2008</v>
+      </c>
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>238</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>245</v>
+      </c>
+      <c r="M34" t="s">
+        <v>240</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>246</v>
+      </c>
+      <c r="P34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>237</v>
+      </c>
+      <c r="D35" t="s">
+        <v>44</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>238</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" t="s">
+        <v>250</v>
+      </c>
+      <c r="M35" t="s">
+        <v>240</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>251</v>
+      </c>
+      <c r="P35" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>253</v>
+      </c>
+      <c r="B36" t="s">
+        <v>254</v>
+      </c>
+      <c r="C36" t="s">
+        <v>255</v>
+      </c>
+      <c r="D36" t="s">
+        <v>81</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2017</v>
+      </c>
+      <c r="J36" t="s">
+        <v>158</v>
+      </c>
+      <c r="K36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>256</v>
+      </c>
+      <c r="M36" t="s">
+        <v>257</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B37" t="s">
+        <v>261</v>
+      </c>
+      <c r="C37" t="s">
+        <v>255</v>
+      </c>
+      <c r="D37" t="s">
+        <v>81</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>158</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>257</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>262</v>
+      </c>
+      <c r="P37" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>264</v>
+      </c>
+      <c r="B38" t="s">
+        <v>265</v>
+      </c>
+      <c r="C38" t="s">
+        <v>266</v>
+      </c>
+      <c r="D38" t="s">
+        <v>44</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2013</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>150</v>
+      </c>
+      <c r="K38" t="s">
+        <v>37</v>
+      </c>
+      <c r="L38" t="s">
+        <v>267</v>
+      </c>
+      <c r="M38" t="s">
+        <v>268</v>
+      </c>
+      <c r="N38" t="s">
+        <v>269</v>
+      </c>
+      <c r="O38" t="s">
+        <v>270</v>
+      </c>
+      <c r="P38" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>272</v>
+      </c>
+      <c r="B39" t="s">
+        <v>273</v>
+      </c>
+      <c r="C39" t="s">
+        <v>266</v>
+      </c>
+      <c r="D39" t="s">
+        <v>71</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>150</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>274</v>
+      </c>
+      <c r="M39" t="s">
+        <v>268</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>275</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>276</v>
+      </c>
+      <c r="B40" t="s">
+        <v>277</v>
+      </c>
+      <c r="C40" t="s">
+        <v>278</v>
+      </c>
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40">
+        <v>2022</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>279</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>280</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>281</v>
+      </c>
+      <c r="P40" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>283</v>
+      </c>
+      <c r="B41" t="s">
+        <v>122</v>
+      </c>
+      <c r="C41" t="s">
+        <v>123</v>
+      </c>
+      <c r="D41" t="s">
+        <v>124</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>125</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>126</v>
+      </c>
+      <c r="M41" t="s">
+        <v>127</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>284</v>
+      </c>
+      <c r="P41" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>285</v>
+      </c>
+      <c r="B42" t="s">
+        <v>286</v>
+      </c>
+      <c r="C42" t="s">
+        <v>287</v>
+      </c>
+      <c r="D42" t="s">
+        <v>124</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>142</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>117</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>288</v>
+      </c>
+      <c r="M42" t="s">
+        <v>289</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
+        <v>293</v>
+      </c>
+      <c r="C43" t="s">
+        <v>287</v>
+      </c>
+      <c r="D43" t="s">
+        <v>294</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>142</v>
+      </c>
+      <c r="G43" t="s">
+        <v>35</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>117</v>
+      </c>
+      <c r="K43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>295</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>296</v>
+      </c>
+      <c r="P43" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>298</v>
+      </c>
+      <c r="B44" t="s">
+        <v>299</v>
+      </c>
+      <c r="C44" t="s">
+        <v>300</v>
+      </c>
+      <c r="D44" t="s">
+        <v>301</v>
+      </c>
+      <c r="E44" t="s">
+        <v>115</v>
+      </c>
+      <c r="F44" t="s">
+        <v>302</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44">
+        <v>2009</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>303</v>
+      </c>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>304</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>305</v>
+      </c>
+      <c r="P44" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>307</v>
+      </c>
+      <c r="B45" t="s">
+        <v>308</v>
+      </c>
+      <c r="C45" t="s">
+        <v>300</v>
+      </c>
+      <c r="D45" t="s">
+        <v>133</v>
+      </c>
+      <c r="E45" t="s">
+        <v>115</v>
+      </c>
+      <c r="F45" t="s">
+        <v>302</v>
+      </c>
+      <c r="G45" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>303</v>
+      </c>
+      <c r="K45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>304</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>309</v>
+      </c>
+      <c r="P45" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>311</v>
+      </c>
+      <c r="B46" t="s">
+        <v>312</v>
+      </c>
+      <c r="C46" t="s">
+        <v>300</v>
+      </c>
+      <c r="D46" t="s">
+        <v>106</v>
+      </c>
+      <c r="E46" t="s">
+        <v>115</v>
+      </c>
+      <c r="F46" t="s">
+        <v>302</v>
+      </c>
+      <c r="G46" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46">
+        <v>2015</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>303</v>
+      </c>
+      <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>304</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>313</v>
+      </c>
+      <c r="P46" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>315</v>
+      </c>
+      <c r="B47" t="s">
+        <v>316</v>
+      </c>
+      <c r="C47" t="s">
+        <v>317</v>
+      </c>
+      <c r="D47" t="s">
+        <v>318</v>
+      </c>
+      <c r="E47" t="s">
+        <v>115</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>214</v>
+      </c>
+      <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
-[...10 lines deleted...]
-      <c r="C25" t="s">
+      <c r="L47" t="s">
+        <v>319</v>
+      </c>
+      <c r="M47" t="s">
+        <v>320</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>321</v>
+      </c>
+      <c r="P47" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>323</v>
+      </c>
+      <c r="B48" t="s">
+        <v>324</v>
+      </c>
+      <c r="C48" t="s">
+        <v>237</v>
+      </c>
+      <c r="D48" t="s">
+        <v>44</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48">
+        <v>2011</v>
+      </c>
+      <c r="J48" t="s">
+        <v>238</v>
+      </c>
+      <c r="K48" t="s">
+        <v>46</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>325</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>326</v>
+      </c>
+      <c r="P48" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>328</v>
+      </c>
+      <c r="B49" t="s">
+        <v>329</v>
+      </c>
+      <c r="C49" t="s">
+        <v>183</v>
+      </c>
+      <c r="D49" t="s">
+        <v>44</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>36</v>
+      </c>
+      <c r="K49" t="s">
         <v>37</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="L49" t="s">
+        <v>330</v>
+      </c>
+      <c r="M49" t="s">
+        <v>186</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>331</v>
+      </c>
+      <c r="P49" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>333</v>
+      </c>
+      <c r="B50" t="s">
+        <v>334</v>
+      </c>
+      <c r="C50" t="s">
+        <v>335</v>
+      </c>
+      <c r="D50" t="s">
+        <v>336</v>
+      </c>
+      <c r="E50" t="s">
+        <v>337</v>
+      </c>
+      <c r="F50" t="s">
+        <v>338</v>
+      </c>
+      <c r="G50" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50">
+        <v>2023</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>92</v>
+      </c>
+      <c r="K50" t="s">
+        <v>339</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>340</v>
+      </c>
+      <c r="N50" t="s">
+        <v>341</v>
+      </c>
+      <c r="O50" t="s">
+        <v>342</v>
+      </c>
+      <c r="P50" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>344</v>
+      </c>
+      <c r="B51" t="s">
+        <v>345</v>
+      </c>
+      <c r="C51" t="s">
+        <v>346</v>
+      </c>
+      <c r="D51" t="s">
+        <v>347</v>
+      </c>
+      <c r="E51" t="s">
+        <v>337</v>
+      </c>
+      <c r="F51" t="s">
+        <v>142</v>
+      </c>
+      <c r="G51" t="s">
         <v>107</v>
       </c>
-      <c r="F25" t="s">
-[...13 lines deleted...]
-      <c r="L25" t="s">
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>348</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>349</v>
+      </c>
+      <c r="P51" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>351</v>
+      </c>
+      <c r="B52" t="s">
+        <v>352</v>
+      </c>
+      <c r="C52" t="s">
+        <v>237</v>
+      </c>
+      <c r="D52" t="s">
+        <v>106</v>
+      </c>
+      <c r="E52" t="s">
+        <v>115</v>
+      </c>
+      <c r="F52" t="s">
+        <v>116</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1997</v>
+      </c>
+      <c r="I52">
+        <v>2011</v>
+      </c>
+      <c r="J52" t="s">
+        <v>238</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52" t="s">
+        <v>353</v>
+      </c>
+      <c r="M52" t="s">
+        <v>354</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>355</v>
+      </c>
+      <c r="P52" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>357</v>
+      </c>
+      <c r="B53" t="s">
+        <v>358</v>
+      </c>
+      <c r="C53" t="s">
+        <v>359</v>
+      </c>
+      <c r="D53" t="s">
+        <v>360</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>142</v>
       </c>
-      <c r="M25" t="s">
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2017</v>
+      </c>
+      <c r="I53">
+        <v>2021</v>
+      </c>
+      <c r="J53" t="s">
+        <v>225</v>
+      </c>
+      <c r="K53" t="s">
+        <v>361</v>
+      </c>
+      <c r="L53" t="s">
+        <v>362</v>
+      </c>
+      <c r="M53" t="s">
+        <v>363</v>
+      </c>
+      <c r="N53" t="s">
+        <v>341</v>
+      </c>
+      <c r="O53" t="s">
+        <v>364</v>
+      </c>
+      <c r="P53" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>366</v>
+      </c>
+      <c r="B54" t="s">
+        <v>367</v>
+      </c>
+      <c r="C54" t="s">
+        <v>368</v>
+      </c>
+      <c r="D54" t="s">
+        <v>369</v>
+      </c>
+      <c r="E54" t="s">
+        <v>115</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54">
+        <v>2018</v>
+      </c>
+      <c r="J54" t="s">
+        <v>158</v>
+      </c>
+      <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="N25" t="s">
-[...10 lines deleted...]
-      <c r="C26" t="s">
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>370</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>371</v>
+      </c>
+      <c r="P54" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>373</v>
+      </c>
+      <c r="B55" t="s">
+        <v>374</v>
+      </c>
+      <c r="C55" t="s">
+        <v>375</v>
+      </c>
+      <c r="D55" t="s">
+        <v>208</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>35</v>
+      </c>
+      <c r="H55">
+        <v>2016</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>117</v>
+      </c>
+      <c r="K55" t="s">
         <v>37</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26">
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>376</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>377</v>
+      </c>
+      <c r="P55" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>379</v>
+      </c>
+      <c r="B56" t="s">
+        <v>380</v>
+      </c>
+      <c r="C56" t="s">
+        <v>105</v>
+      </c>
+      <c r="D56" t="s">
+        <v>81</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>142</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+      <c r="H56">
         <v>2013</v>
       </c>
-      <c r="H26">
-[...11 lines deleted...]
-      <c r="L26" t="s">
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>108</v>
+      </c>
+      <c r="K56" t="s">
+        <v>46</v>
+      </c>
+      <c r="L56" t="s">
+        <v>381</v>
+      </c>
+      <c r="M56" t="s">
+        <v>382</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>383</v>
+      </c>
+      <c r="P56" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>385</v>
+      </c>
+      <c r="B57" t="s">
+        <v>386</v>
+      </c>
+      <c r="C57" t="s">
+        <v>89</v>
+      </c>
+      <c r="D57" t="s">
+        <v>106</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>142</v>
       </c>
-      <c r="M26" t="s">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2007</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>92</v>
+      </c>
+      <c r="K57" t="s">
+        <v>37</v>
+      </c>
+      <c r="L57" t="s">
+        <v>387</v>
+      </c>
+      <c r="M57" t="s">
+        <v>93</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>388</v>
+      </c>
+      <c r="P57" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>390</v>
+      </c>
+      <c r="B58" t="s">
+        <v>391</v>
+      </c>
+      <c r="C58" t="s">
+        <v>300</v>
+      </c>
+      <c r="D58" t="s">
+        <v>392</v>
+      </c>
+      <c r="E58" t="s">
+        <v>115</v>
+      </c>
+      <c r="F58" t="s">
+        <v>116</v>
+      </c>
+      <c r="G58" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>393</v>
+      </c>
+      <c r="K58" t="s">
+        <v>37</v>
+      </c>
+      <c r="L58" t="s">
+        <v>394</v>
+      </c>
+      <c r="M58" t="s">
+        <v>395</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>396</v>
+      </c>
+      <c r="P58" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>398</v>
+      </c>
+      <c r="B59" t="s">
+        <v>399</v>
+      </c>
+      <c r="C59" t="s">
+        <v>300</v>
+      </c>
+      <c r="D59" t="s">
+        <v>392</v>
+      </c>
+      <c r="E59" t="s">
+        <v>115</v>
+      </c>
+      <c r="F59" t="s">
+        <v>34</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2001</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>108</v>
+      </c>
+      <c r="K59" t="s">
+        <v>37</v>
+      </c>
+      <c r="L59" t="s">
+        <v>400</v>
+      </c>
+      <c r="M59" t="s">
+        <v>401</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>402</v>
+      </c>
+      <c r="P59" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>404</v>
+      </c>
+      <c r="B60" t="s">
+        <v>405</v>
+      </c>
+      <c r="C60" t="s">
+        <v>300</v>
+      </c>
+      <c r="D60" t="s">
+        <v>133</v>
+      </c>
+      <c r="E60" t="s">
+        <v>115</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>35</v>
+      </c>
+      <c r="H60">
+        <v>2016</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>303</v>
+      </c>
+      <c r="K60" t="s">
+        <v>37</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>406</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>407</v>
+      </c>
+      <c r="P60" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>409</v>
+      </c>
+      <c r="B61" t="s">
+        <v>410</v>
+      </c>
+      <c r="C61" t="s">
+        <v>411</v>
+      </c>
+      <c r="D61" t="s">
+        <v>81</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>108</v>
+      </c>
+      <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...37 lines deleted...]
-      <c r="L27" t="s">
+      <c r="L61" t="s">
+        <v>412</v>
+      </c>
+      <c r="M61" t="s">
+        <v>413</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>414</v>
+      </c>
+      <c r="P61" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>409</v>
+      </c>
+      <c r="B62" t="s">
+        <v>416</v>
+      </c>
+      <c r="C62" t="s">
+        <v>411</v>
+      </c>
+      <c r="D62" t="s">
+        <v>81</v>
+      </c>
+      <c r="E62" t="s">
+        <v>115</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62">
+        <v>2017</v>
+      </c>
+      <c r="J62" t="s">
+        <v>108</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>417</v>
+      </c>
+      <c r="M62" t="s">
+        <v>413</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>418</v>
+      </c>
+      <c r="P62" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>419</v>
+      </c>
+      <c r="B63" t="s">
+        <v>420</v>
+      </c>
+      <c r="C63" t="s">
+        <v>421</v>
+      </c>
+      <c r="D63" t="s">
+        <v>422</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>142</v>
       </c>
-      <c r="M27" t="s">
-[...57 lines deleted...]
-      <c r="C29" t="s">
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2012</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>238</v>
+      </c>
+      <c r="K63" t="s">
         <v>37</v>
       </c>
-      <c r="D29" t="s">
-[...1452 lines deleted...]
-      </c>
       <c r="L63" t="s">
-        <v>301</v>
+        <v>423</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>424</v>
       </c>
       <c r="N63" t="s">
-        <v>302</v>
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>425</v>
+      </c>
+      <c r="P63" t="s">
+        <v>426</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>