--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,725 +12,975 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -994,1799 +1244,2042 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1979</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>71</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
         <v>2013</v>
       </c>
-      <c r="H3"/>
-[...13 lines deleted...]
-      <c r="N3" t="s">
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G11" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>108</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>83</v>
+      </c>
+      <c r="K13" t="s">
+        <v>109</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>82</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2009</v>
       </c>
-      <c r="H4">
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-[...19 lines deleted...]
-      <c r="A5" t="s">
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15">
+        <v>2008</v>
+      </c>
+      <c r="J15" t="s">
+        <v>124</v>
+      </c>
+      <c r="K15" t="s">
+        <v>46</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>126</v>
+      </c>
+      <c r="P15" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...14 lines deleted...]
-      <c r="G5">
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...20 lines deleted...]
-      <c r="A6" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
         <v>46</v>
       </c>
-      <c r="B6" t="s">
-[...20 lines deleted...]
-      <c r="I6" t="s">
+      <c r="L16" t="s">
+        <v>130</v>
+      </c>
+      <c r="M16" t="s">
         <v>48</v>
       </c>
-      <c r="J6" t="s">
-[...422 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>103</v>
+        <v>135</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>136</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-        <v>31</v>
+      <c r="I17">
+        <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K17" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="M17" t="s">
+        <v>138</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>141</v>
+      </c>
+      <c r="B18" t="s">
+        <v>142</v>
+      </c>
+      <c r="C18" t="s">
+        <v>143</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" t="s">
+        <v>8</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>144</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>147</v>
+      </c>
+      <c r="P18" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>156</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>157</v>
+      </c>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2006</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>81</v>
+      </c>
+      <c r="F22" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2006</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>173</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>174</v>
+      </c>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2022</v>
+      </c>
+      <c r="J24" t="s">
+        <v>173</v>
+      </c>
+      <c r="K24" t="s">
+        <v>46</v>
+      </c>
+      <c r="L24" t="s">
+        <v>180</v>
+      </c>
+      <c r="M24" t="s">
+        <v>175</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>181</v>
+      </c>
+      <c r="P24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>183</v>
+      </c>
+      <c r="B25" t="s">
+        <v>184</v>
+      </c>
+      <c r="C25" t="s">
+        <v>185</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1996</v>
+      </c>
+      <c r="I25">
+        <v>2017</v>
+      </c>
+      <c r="J25" t="s">
+        <v>124</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>186</v>
+      </c>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1996</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
+      <c r="J26" t="s">
+        <v>124</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>187</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>192</v>
+      </c>
+      <c r="P26" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>194</v>
+      </c>
+      <c r="B27" t="s">
+        <v>195</v>
+      </c>
+      <c r="C27" t="s">
+        <v>196</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>116</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>197</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>199</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>88</v>
+      </c>
+      <c r="C28" t="s">
+        <v>89</v>
+      </c>
+      <c r="D28" t="s">
+        <v>90</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>203</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>92</v>
+      </c>
+      <c r="M28" t="s">
+        <v>93</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>207</v>
+      </c>
+      <c r="C29" t="s">
+        <v>208</v>
+      </c>
+      <c r="D29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" t="s">
+        <v>209</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>210</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>211</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>212</v>
+      </c>
+      <c r="P29" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>214</v>
+      </c>
+      <c r="B30" t="s">
+        <v>215</v>
+      </c>
+      <c r="C30" t="s">
+        <v>216</v>
+      </c>
+      <c r="D30" t="s">
+        <v>217</v>
+      </c>
+      <c r="E30" t="s">
+        <v>81</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>162</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...7 lines deleted...]
-      <c r="B18" t="s">
+      <c r="L30" t="s">
+        <v>218</v>
+      </c>
+      <c r="M30" t="s">
+        <v>219</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>172</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2011</v>
+      </c>
+      <c r="J31" t="s">
+        <v>173</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>224</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>225</v>
+      </c>
+      <c r="P31" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>227</v>
+      </c>
+      <c r="B32" t="s">
+        <v>228</v>
+      </c>
+      <c r="C32" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>36</v>
+      </c>
+      <c r="K32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>229</v>
+      </c>
+      <c r="M32" t="s">
+        <v>138</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>230</v>
+      </c>
+      <c r="P32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>232</v>
+      </c>
+      <c r="B33" t="s">
+        <v>233</v>
+      </c>
+      <c r="C33" t="s">
+        <v>234</v>
+      </c>
+      <c r="D33" t="s">
+        <v>235</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>108</v>
       </c>
-      <c r="C18" t="s">
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33">
+        <v>2021</v>
+      </c>
+      <c r="J33" t="s">
+        <v>236</v>
+      </c>
+      <c r="K33" t="s">
+        <v>237</v>
+      </c>
+      <c r="L33" t="s">
+        <v>238</v>
+      </c>
+      <c r="M33" t="s">
+        <v>239</v>
+      </c>
+      <c r="N33" t="s">
+        <v>240</v>
+      </c>
+      <c r="O33" t="s">
+        <v>241</v>
+      </c>
+      <c r="P33" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>243</v>
+      </c>
+      <c r="B34" t="s">
+        <v>244</v>
+      </c>
+      <c r="C34" t="s">
+        <v>245</v>
+      </c>
+      <c r="D34" t="s">
+        <v>246</v>
+      </c>
+      <c r="E34" t="s">
+        <v>81</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>124</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>247</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>248</v>
+      </c>
+      <c r="P34" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>250</v>
+      </c>
+      <c r="B35" t="s">
+        <v>251</v>
+      </c>
+      <c r="C35" t="s">
+        <v>252</v>
+      </c>
+      <c r="D35" t="s">
+        <v>156</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>83</v>
+      </c>
+      <c r="K35" t="s">
         <v>37</v>
       </c>
-      <c r="D18" t="s">
-[...22 lines deleted...]
-      <c r="M18" t="s">
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>253</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>254</v>
+      </c>
+      <c r="P35" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>256</v>
+      </c>
+      <c r="B36" t="s">
+        <v>257</v>
+      </c>
+      <c r="C36" t="s">
+        <v>258</v>
+      </c>
+      <c r="D36" t="s">
+        <v>71</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>108</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>259</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>260</v>
+      </c>
+      <c r="M36" t="s">
+        <v>261</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>262</v>
+      </c>
+      <c r="P36" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>264</v>
+      </c>
+      <c r="B37" t="s">
+        <v>265</v>
+      </c>
+      <c r="C37" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" t="s">
+        <v>99</v>
+      </c>
+      <c r="E37" t="s">
+        <v>81</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
+        <v>2016</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>210</v>
+      </c>
+      <c r="K37" t="s">
+        <v>37</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>266</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>267</v>
+      </c>
+      <c r="P37" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>269</v>
+      </c>
+      <c r="B38" t="s">
+        <v>270</v>
+      </c>
+      <c r="C38" t="s">
+        <v>271</v>
+      </c>
+      <c r="D38" t="s">
+        <v>71</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>34</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>259</v>
+      </c>
+      <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="N18" t="s">
-[...10 lines deleted...]
-      <c r="C19" t="s">
+      <c r="L38" t="s">
+        <v>272</v>
+      </c>
+      <c r="M38" t="s">
+        <v>273</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>274</v>
+      </c>
+      <c r="P38" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>269</v>
+      </c>
+      <c r="B39" t="s">
+        <v>276</v>
+      </c>
+      <c r="C39" t="s">
+        <v>271</v>
+      </c>
+      <c r="D39" t="s">
+        <v>71</v>
+      </c>
+      <c r="E39" t="s">
+        <v>81</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
+        <v>259</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>277</v>
+      </c>
+      <c r="M39" t="s">
+        <v>273</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>278</v>
+      </c>
+      <c r="P39" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>279</v>
+      </c>
+      <c r="B40" t="s">
+        <v>280</v>
+      </c>
+      <c r="C40" t="s">
+        <v>281</v>
+      </c>
+      <c r="D40" t="s">
+        <v>282</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>108</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>173</v>
+      </c>
+      <c r="K40" t="s">
         <v>37</v>
       </c>
-      <c r="D19" t="s">
-[...916 lines deleted...]
-      </c>
       <c r="L40" t="s">
-        <v>208</v>
+        <v>283</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>284</v>
       </c>
       <c r="N40" t="s">
-        <v>209</v>
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>