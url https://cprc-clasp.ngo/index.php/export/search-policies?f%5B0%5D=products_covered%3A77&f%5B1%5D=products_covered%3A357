--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -412,138 +412,141 @@
   <si>
     <t>It covers grills or ovens</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
     <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
   </si>
   <si>
     <t>August 2018</t>
@@ -1258,51 +1261,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2008,1242 +2011,1244 @@
       </c>
       <c r="P15" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>128</v>
       </c>
       <c r="B16" t="s">
         <v>129</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>35</v>
+        <v>130</v>
       </c>
       <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
         <v>2015</v>
       </c>
-      <c r="I16"/>
       <c r="J16" t="s">
         <v>116</v>
       </c>
       <c r="K16" t="s">
         <v>46</v>
       </c>
       <c r="L16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M16" t="s">
         <v>48</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P16" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D17" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2019</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
         <v>36</v>
       </c>
       <c r="K17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M17" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B18" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>108</v>
       </c>
       <c r="G18" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="H18">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K18" t="s">
         <v>37</v>
       </c>
-      <c r="L18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
         <v>146</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>147</v>
       </c>
       <c r="P18" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B19" t="s">
         <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>108</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
       <c r="J19" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K19" t="s">
         <v>37</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
       <c r="M19" t="s">
         <v>146</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>152</v>
       </c>
       <c r="P19" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>154</v>
       </c>
       <c r="B20" t="s">
         <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="D20" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>108</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M20" t="s">
         <v>146</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C21" t="s">
         <v>80</v>
       </c>
       <c r="D21" t="s">
         <v>44</v>
       </c>
       <c r="E21" t="s">
         <v>81</v>
       </c>
       <c r="F21" t="s">
         <v>82</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2006</v>
       </c>
       <c r="I21">
         <v>2016</v>
       </c>
       <c r="J21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
         <v>80</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
         <v>81</v>
       </c>
       <c r="F22" t="s">
         <v>82</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2006</v>
       </c>
       <c r="I22">
         <v>2013</v>
       </c>
       <c r="J22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K22" t="s">
         <v>37</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D23" t="s">
         <v>44</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2008</v>
       </c>
       <c r="I23">
         <v>2021</v>
       </c>
       <c r="J23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K23" t="s">
         <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="M23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2008</v>
       </c>
       <c r="I24">
         <v>2022</v>
       </c>
       <c r="J24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K24" t="s">
         <v>46</v>
       </c>
       <c r="L24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="M24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D25" t="s">
         <v>71</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>1996</v>
       </c>
       <c r="I25">
         <v>2017</v>
       </c>
       <c r="J25" t="s">
         <v>124</v>
       </c>
       <c r="K25" t="s">
         <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="M25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D26" t="s">
         <v>71</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>1996</v>
       </c>
       <c r="I26">
         <v>2017</v>
       </c>
       <c r="J26" t="s">
         <v>124</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="P26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>34</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>116</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="O27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
         <v>88</v>
       </c>
       <c r="C28" t="s">
         <v>89</v>
       </c>
       <c r="D28" t="s">
         <v>90</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>35</v>
       </c>
       <c r="H28">
         <v>2009</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
         <v>92</v>
       </c>
       <c r="M28" t="s">
         <v>93</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P28" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D29" t="s">
         <v>99</v>
       </c>
       <c r="E29" t="s">
         <v>81</v>
       </c>
       <c r="F29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G29" t="s">
         <v>35</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K29" t="s">
         <v>37</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P29" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E30" t="s">
         <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>34</v>
       </c>
       <c r="G30" t="s">
         <v>35</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="P30" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C31" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D31" t="s">
         <v>44</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2007</v>
       </c>
       <c r="I31">
         <v>2011</v>
       </c>
       <c r="J31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K31" t="s">
         <v>46</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>35</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>36</v>
       </c>
       <c r="K32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M32" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>108</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2017</v>
       </c>
       <c r="I33">
         <v>2021</v>
       </c>
       <c r="J33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="L33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="O33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P33" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D34" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E34" t="s">
         <v>81</v>
       </c>
       <c r="F34" t="s">
         <v>34</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
         <v>124</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P34" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C35" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D35" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>35</v>
       </c>
       <c r="H35">
         <v>2016</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>83</v>
       </c>
       <c r="K35" t="s">
         <v>37</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P35" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D36" t="s">
         <v>71</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>108</v>
       </c>
       <c r="G36" t="s">
         <v>35</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
       <c r="L36" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M36" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="P36" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C37" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D37" t="s">
         <v>99</v>
       </c>
       <c r="E37" t="s">
         <v>81</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>35</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K37" t="s">
         <v>37</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P37" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D38" t="s">
         <v>71</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>34</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2011</v>
       </c>
       <c r="I38">
         <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P38" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D39" t="s">
         <v>71</v>
       </c>
       <c r="E39" t="s">
         <v>81</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
       <c r="I39">
         <v>2017</v>
       </c>
       <c r="J39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>108</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K40" t="s">
         <v>37</v>
       </c>
       <c r="L40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">