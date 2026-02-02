--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -715,99 +715,99 @@
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
   </si>
   <si>
     <t>This Determination covers products that are:  
 RDCs (short for refrigerated display cabinets);
 refrigerated drinks cabinets;
 ice cream freezer cabinets;
@@ -970,69 +970,69 @@
   <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
     <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
     <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
@@ -3317,165 +3317,165 @@
       </c>
       <c r="P32" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>228</v>
       </c>
       <c r="B33" t="s">
         <v>229</v>
       </c>
       <c r="C33" t="s">
         <v>230</v>
       </c>
       <c r="D33" t="s">
         <v>65</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>180</v>
       </c>
       <c r="G33" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="H33">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>231</v>
+        <v>201</v>
       </c>
       <c r="K33" t="s">
         <v>35</v>
       </c>
-      <c r="L33" t="s">
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>232</v>
       </c>
-      <c r="M33" t="s">
+      <c r="P33" t="s">
         <v>233</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>228</v>
       </c>
       <c r="B34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C34" t="s">
-        <v>237</v>
+        <v>230</v>
       </c>
       <c r="D34" t="s">
         <v>65</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>180</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I34"/>
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
       <c r="J34" t="s">
-        <v>201</v>
+        <v>235</v>
       </c>
       <c r="K34" t="s">
         <v>35</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>236</v>
+      </c>
       <c r="M34" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
         <v>240</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="D35" t="s">
         <v>242</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>180</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="K35" t="s">
         <v>35</v>
       </c>
       <c r="L35" t="s">
         <v>243</v>
       </c>
       <c r="M35" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>244</v>
       </c>
       <c r="P35" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>246</v>
       </c>
       <c r="B36" t="s">
         <v>247</v>
       </c>
       <c r="C36" t="s">
         <v>248</v>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
@@ -3910,51 +3910,51 @@
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>304</v>
       </c>
       <c r="B45" t="s">
         <v>305</v>
       </c>
       <c r="C45" t="s">
         <v>306</v>
       </c>
       <c r="D45" t="s">
         <v>307</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>44</v>
       </c>
       <c r="G45" t="s">
         <v>45</v>
       </c>
       <c r="H45">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>308</v>
       </c>
       <c r="K45" t="s">
         <v>35</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>309</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>310</v>
       </c>
       <c r="P45" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>312</v>