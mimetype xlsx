--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -80,89 +80,92 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>CEL- Rice cookers</t>
+  </si>
+  <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Rice Cookers</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
   </si>
   <si>
-    <t>October 2022</t>
-[...34 lines deleted...]
-  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
   </si>
   <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
     <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
@@ -300,53 +303,50 @@
     <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
     <t>Electric rice cookers</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
   </si>
@@ -1167,1201 +1167,1201 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
         <v>2018</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>34</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
       <c r="I4">
         <v>2010</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2011</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
       <c r="I7">
         <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H8">
         <v>2010</v>
       </c>
       <c r="I8">
         <v>2010</v>
       </c>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
       <c r="I10">
         <v>2008</v>
       </c>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>96</v>
+        <v>22</v>
       </c>
       <c r="H11">
         <v>1989</v>
       </c>
       <c r="I11">
         <v>2017</v>
       </c>
       <c r="J11" t="s">
         <v>97</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M11" t="s">
         <v>98</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>99</v>
       </c>
       <c r="P11" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>101</v>
       </c>
       <c r="B12" t="s">
         <v>102</v>
       </c>
       <c r="C12" t="s">
         <v>103</v>
       </c>
       <c r="D12" t="s">
         <v>104</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
         <v>97</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>105</v>
       </c>
       <c r="M12" t="s">
         <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>107</v>
       </c>
       <c r="O12" t="s">
         <v>108</v>
       </c>
       <c r="P12" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>110</v>
       </c>
       <c r="B13" t="s">
         <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H13">
         <v>2010</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>112</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>113</v>
       </c>
       <c r="P13" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>115</v>
       </c>
       <c r="B14" t="s">
         <v>116</v>
       </c>
       <c r="C14" t="s">
         <v>117</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>118</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H14">
         <v>2020</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>119</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>120</v>
       </c>
       <c r="M14" t="s">
         <v>121</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>122</v>
       </c>
       <c r="P14" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>124</v>
       </c>
       <c r="B15" t="s">
         <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>126</v>
       </c>
       <c r="D15" t="s">
         <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15">
         <v>2014</v>
       </c>
       <c r="J15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>127</v>
       </c>
       <c r="M15" t="s">
         <v>128</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>129</v>
       </c>
       <c r="P15" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>131</v>
       </c>
       <c r="B16" t="s">
         <v>132</v>
       </c>
       <c r="C16" t="s">
         <v>133</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H16">
         <v>2022</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>134</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>135</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>136</v>
       </c>
       <c r="P16" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>138</v>
       </c>
       <c r="B17" t="s">
         <v>139</v>
       </c>
       <c r="C17" t="s">
         <v>140</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>118</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
         <v>141</v>
       </c>
       <c r="M17" t="s">
         <v>142</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>143</v>
       </c>
       <c r="P17" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>145</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H18">
         <v>2020</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>112</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>146</v>
       </c>
       <c r="P18" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>148</v>
       </c>
       <c r="B19" t="s">
         <v>149</v>
       </c>
       <c r="C19" t="s">
         <v>140</v>
       </c>
       <c r="D19" t="s">
         <v>150</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>118</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>151</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>152</v>
       </c>
       <c r="P19" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>154</v>
       </c>
       <c r="B20" t="s">
         <v>155</v>
       </c>
       <c r="C20" t="s">
         <v>156</v>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F20" t="s">
         <v>157</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>158</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>159</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>160</v>
       </c>
       <c r="P20" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>162</v>
       </c>
       <c r="B21" t="s">
         <v>163</v>
       </c>
       <c r="C21" t="s">
         <v>164</v>
       </c>
       <c r="D21" t="s">
         <v>165</v>
       </c>
       <c r="E21" t="s">
         <v>166</v>
       </c>
       <c r="F21" t="s">
         <v>118</v>
       </c>
       <c r="G21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>167</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>168</v>
       </c>
       <c r="P21" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>170</v>
       </c>
       <c r="B22" t="s">
         <v>171</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>172</v>
       </c>
       <c r="G22" t="s">
         <v>8</v>
       </c>
       <c r="H22">
         <v>2004</v>
       </c>
       <c r="I22">
         <v>2024</v>
       </c>
       <c r="J22" t="s">
         <v>173</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>174</v>
       </c>
       <c r="M22" t="s">
         <v>175</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>176</v>
       </c>
       <c r="P22" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>178</v>
       </c>
       <c r="B23" t="s">
         <v>179</v>
       </c>
       <c r="C23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>180</v>
       </c>
       <c r="P23" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>182</v>
       </c>
       <c r="B24" t="s">
         <v>183</v>
       </c>
       <c r="C24" t="s">
         <v>156</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>158</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>184</v>
       </c>
       <c r="M24" t="s">
         <v>185</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>186</v>
       </c>
       <c r="P24" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>188</v>
       </c>
       <c r="B25" t="s">
         <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>156</v>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
         <v>190</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>191</v>
       </c>
       <c r="M25" t="s">
         <v>192</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>193</v>
       </c>
       <c r="P25" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>195</v>
       </c>
       <c r="B26" t="s">
         <v>196</v>
       </c>
       <c r="C26" t="s">
         <v>197</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G26" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H26">
         <v>2001</v>
       </c>
       <c r="I26">
         <v>2020</v>
       </c>
       <c r="J26" t="s">
         <v>198</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>199</v>
       </c>
       <c r="M26" t="s">
         <v>200</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>201</v>
       </c>
       <c r="P26" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>203</v>
       </c>
       <c r="B27" t="s">
         <v>204</v>
       </c>
       <c r="C27" t="s">
         <v>156</v>
       </c>
       <c r="D27" t="s">
         <v>205</v>
       </c>
       <c r="E27" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>190</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>206</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>207</v>
       </c>
       <c r="P27" t="s">
         <v>208</v>
       </c>
     </row>