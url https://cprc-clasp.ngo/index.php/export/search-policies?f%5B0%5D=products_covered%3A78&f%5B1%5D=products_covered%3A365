--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -12,567 +12,727 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -836,1189 +996,1348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="200.38" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G3" t="s">
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2010</v>
       </c>
-      <c r="I3" t="s">
-        <v>28</v>
+      <c r="I3">
+        <v>2010</v>
       </c>
       <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
         <v>32</v>
-      </c>
-[...93 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H6">
         <v>2010</v>
       </c>
-      <c r="I6" t="s">
-        <v>48</v>
+      <c r="I6">
+        <v>2010</v>
       </c>
       <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...32 lines deleted...]
-        <v>2010</v>
+      <c r="G7" t="s">
+        <v>32</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>54</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...3 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2008</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...4 lines deleted...]
-      <c r="A8" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" t="s">
+        <v>80</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>25</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>91</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
         <v>57</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
         <v>58</v>
       </c>
-      <c r="C8" t="s">
-[...8 lines deleted...]
-      <c r="F8" t="s">
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="G8">
-[...15 lines deleted...]
-      <c r="M8" t="s">
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>102</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...19 lines deleted...]
-      <c r="F9" t="s">
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...3 lines deleted...]
-      <c r="I9" t="s">
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="F13" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" t="s">
         <v>22</v>
       </c>
-      <c r="L9" t="s">
-[...2 lines deleted...]
-      <c r="M9" t="s">
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...4 lines deleted...]
-      <c r="A10" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>96</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>128</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>135</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>136</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>144</v>
+      </c>
+      <c r="F18" t="s">
+        <v>102</v>
+      </c>
+      <c r="G18" t="s">
+        <v>50</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>145</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
         <v>66</v>
       </c>
-      <c r="B10" t="s">
-[...11 lines deleted...]
-      <c r="F10" t="s">
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>150</v>
+      </c>
+      <c r="G19" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19">
+        <v>2004</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>151</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
+      <c r="M19" t="s">
+        <v>153</v>
+      </c>
+      <c r="N19" t="s">
         <v>27</v>
       </c>
-      <c r="G10">
-[...40 lines deleted...]
-      <c r="F11" t="s">
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" t="s">
+        <v>58</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>160</v>
+      </c>
+      <c r="K20" t="s">
+        <v>161</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>162</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="G11">
-[...35 lines deleted...]
-      <c r="E12" t="s">
+      <c r="O20" t="s">
+        <v>163</v>
+      </c>
+      <c r="P20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>165</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
+        <v>58</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>160</v>
+      </c>
+      <c r="K21" t="s">
+        <v>161</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>168</v>
+      </c>
+      <c r="P21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>39</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>79</v>
       </c>
-      <c r="F12" t="s">
-[...391 lines deleted...]
-      <c r="B22" t="s">
+      <c r="G22" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
-      <c r="I22" t="s">
-        <v>35</v>
+      <c r="I22">
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
+        <v>42</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>43</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>172</v>
+      </c>
+      <c r="P22" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>174</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>49</v>
+      </c>
+      <c r="F23" t="s">
+        <v>58</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>136</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>176</v>
+      </c>
+      <c r="M23" t="s">
+        <v>177</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>180</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>134</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>49</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...3 lines deleted...]
-      <c r="M22" t="s">
+      <c r="G24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>182</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...19 lines deleted...]
-      <c r="F23" t="s">
+      <c r="L24" t="s">
+        <v>183</v>
+      </c>
+      <c r="M24" t="s">
+        <v>184</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>185</v>
+      </c>
+      <c r="P24" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>187</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G23">
-[...15 lines deleted...]
-      <c r="M23" t="s">
+      <c r="E25" t="s">
+        <v>49</v>
+      </c>
+      <c r="F25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>160</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
+      <c r="L25" t="s">
+        <v>190</v>
+      </c>
+      <c r="M25" t="s">
+        <v>191</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>192</v>
+      </c>
+      <c r="P25" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" t="s">
         <v>134</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F24" t="s">
+      <c r="D26" t="s">
+        <v>196</v>
+      </c>
+      <c r="E26" t="s">
+        <v>49</v>
+      </c>
+      <c r="F26" t="s">
+        <v>79</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>182</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>197</v>
+      </c>
+      <c r="N26" t="s">
         <v>27</v>
       </c>
-      <c r="G24">
-[...105 lines deleted...]
-        <v>148</v>
+      <c r="O26" t="s">
+        <v>198</v>
+      </c>
+      <c r="P26" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>