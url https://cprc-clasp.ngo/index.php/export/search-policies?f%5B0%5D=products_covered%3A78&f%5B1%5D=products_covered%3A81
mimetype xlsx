--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -265,51 +265,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
     <t>Electric rice cookers</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>