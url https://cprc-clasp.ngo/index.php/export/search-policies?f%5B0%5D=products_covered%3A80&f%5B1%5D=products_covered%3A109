--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -327,50 +327,53 @@
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
     <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
@@ -1248,174 +1251,174 @@
       </c>
       <c r="P10" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>100</v>
       </c>
       <c r="B11" t="s">
         <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>71</v>
       </c>
       <c r="D11" t="s">
         <v>102</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="H11">
         <v>2002</v>
       </c>
       <c r="I11">
         <v>2007</v>
       </c>
       <c r="J11" t="s">
         <v>65</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M11" t="s">
         <v>76</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>92</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
         <v>76</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>93</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>2006</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">