--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,305 +12,357 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
+  </si>
+  <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,491 +626,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>64</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>33</v>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...232 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>74</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>