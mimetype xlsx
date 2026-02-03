--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="565">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -174,50 +174,53 @@
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
     <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
   </si>
   <si>
@@ -381,71 +384,50 @@
   <si>
     <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
   </si>
   <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
-    <t>Disposition 684|2013</t>
-[...19 lines deleted...]
-  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-677/</t>
@@ -583,51 +565,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
     <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
@@ -655,50 +637,53 @@
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>clothes washer</t>
+  </si>
+  <si>
+    <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
     <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
 i) products with a clothes container volume of less than 1.6 cubic feet,
 ii) products configured in any way other than a front- or top-loading design,
 iii) Combination All-in-One Washer-Dryers,
 iv) Residential Clothes Washers with an Optional Dry Cycle, and
 v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
@@ -713,95 +698,98 @@
   <si>
     <t>https://www.energystar.gov/products/clothes_washers/partners</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>November 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
     <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
@@ -809,51 +797,51 @@
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -871,51 +859,51 @@
   <si>
     <t>https://www.legislation.gov.au/Details/F2015L01816</t>
   </si>
   <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
     <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
   </si>
   <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
@@ -985,51 +973,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1270,53 +1258,62 @@
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>Drum washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
@@ -1328,50 +1325,62 @@
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
     <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
@@ -2078,51 +2087,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2310,3836 +2319,3836 @@
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2006</v>
       </c>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>44</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2007</v>
       </c>
       <c r="I7">
         <v>2013</v>
       </c>
       <c r="J7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L8"/>
       <c r="M8"/>
       <c r="N8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1995</v>
       </c>
       <c r="I9">
         <v>2019</v>
       </c>
       <c r="J9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2019</v>
       </c>
       <c r="J10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E11" t="s">
         <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2003</v>
       </c>
       <c r="I11">
         <v>2013</v>
       </c>
       <c r="J11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2011</v>
       </c>
       <c r="I12">
         <v>2023</v>
       </c>
       <c r="J12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H13">
         <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D14" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="H14"/>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>44</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
       <c r="M14" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E15" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="G15" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B16" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C16" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D16" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E16" t="s">
-        <v>131</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="G16" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-      <c r="I16"/>
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
       <c r="J16" t="s">
-        <v>54</v>
+        <v>142</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="M16" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P16" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B17" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C17" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I17">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J17" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="M17" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="P17" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B18" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C18" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D18" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="I18">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="M18" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="P18" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C19" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="I19">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J19" t="s">
-        <v>164</v>
+        <v>55</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M19" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P19" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B20" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C20" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D20" t="s">
-        <v>70</v>
+        <v>173</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="H20">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="K20" t="s">
-        <v>34</v>
+        <v>176</v>
       </c>
       <c r="L20" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="M20" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="N20" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="O20" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="P20" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B21" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C21" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D21" t="s">
-        <v>179</v>
+        <v>71</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="G21" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="H21">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="K21" t="s">
-        <v>182</v>
+        <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M21" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
         <v>185</v>
       </c>
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>187</v>
+      </c>
+      <c r="B22" t="s">
         <v>188</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>189</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>70</v>
+        <v>190</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G22" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2016</v>
+      </c>
+      <c r="I22">
+        <v>2019</v>
+      </c>
       <c r="J22" t="s">
-        <v>181</v>
+        <v>55</v>
       </c>
       <c r="K22" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P22" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B23" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C23" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D23" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="H23">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I23">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="J23" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="K23" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="P23" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B24" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C24" t="s">
-        <v>202</v>
+        <v>79</v>
       </c>
       <c r="D24" t="s">
-        <v>203</v>
+        <v>71</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G24" t="s">
-        <v>204</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I24">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J24" t="s">
         <v>205</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
-      <c r="L24"/>
+      <c r="L24" t="s">
+        <v>25</v>
+      </c>
       <c r="M24" t="s">
         <v>206</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>207</v>
       </c>
       <c r="P24" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>209</v>
       </c>
       <c r="B25" t="s">
         <v>210</v>
       </c>
       <c r="C25" t="s">
-        <v>78</v>
+        <v>211</v>
       </c>
       <c r="D25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I25">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J25" t="s">
-        <v>124</v>
+        <v>55</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>25</v>
+        <v>212</v>
       </c>
       <c r="M25" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="N25" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="O25" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P25" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B26" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C26" t="s">
-        <v>216</v>
+        <v>70</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="I26">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="J26" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>217</v>
+        <v>73</v>
       </c>
       <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>218</v>
       </c>
-      <c r="N26" t="s">
-[...2 lines deleted...]
-      <c r="O26" t="s">
+      <c r="P26" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>220</v>
+      </c>
+      <c r="B27" t="s">
         <v>221</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>223</v>
       </c>
       <c r="H27">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I27">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J27" t="s">
-        <v>101</v>
+        <v>224</v>
       </c>
       <c r="K27" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="L27" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="M27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="P27" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D28" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H28">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>101</v>
+        <v>55</v>
       </c>
       <c r="K28" t="s">
-        <v>228</v>
+        <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="M28" t="s">
-        <v>73</v>
+        <v>233</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="P28" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B29" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D29" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E29" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>100</v>
+        <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>63</v>
+        <v>8</v>
       </c>
       <c r="H29">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2025</v>
+      </c>
       <c r="J29" t="s">
-        <v>54</v>
+        <v>224</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="N29" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="O29" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="P29" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B30" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>244</v>
       </c>
       <c r="D30" t="s">
-        <v>241</v>
+        <v>71</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="H30">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>242</v>
+        <v>142</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>245</v>
+      </c>
       <c r="M30" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="N30" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="P30" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B31" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C31" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
       <c r="J31" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="M31" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P31" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B32" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C32" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="D32" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E32" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I32">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J32" t="s">
-        <v>148</v>
+        <v>257</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="M32" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="P32" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="B33" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C33" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I33">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J33" t="s">
-        <v>261</v>
+        <v>158</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="M33" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="P33" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B34" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C34" t="s">
-        <v>268</v>
+        <v>141</v>
       </c>
       <c r="D34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E34" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I34">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J34" t="s">
-        <v>164</v>
+        <v>142</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="M34" t="s">
-        <v>270</v>
+        <v>144</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P34" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B35" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C35" t="s">
-        <v>147</v>
+        <v>256</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E35" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="G35" t="s">
-        <v>22</v>
+        <v>276</v>
       </c>
       <c r="H35">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>148</v>
+        <v>277</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="M35" t="s">
-        <v>150</v>
+        <v>259</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="P35" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B36" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C36" t="s">
-        <v>280</v>
+        <v>157</v>
       </c>
       <c r="D36" t="s">
-        <v>70</v>
+        <v>173</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="G36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H36">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>176</v>
       </c>
       <c r="L36" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="M36" t="s">
-        <v>263</v>
+        <v>285</v>
       </c>
       <c r="N36" t="s">
-        <v>27</v>
+        <v>286</v>
       </c>
       <c r="O36" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="P36" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="B37" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C37" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D37" t="s">
-        <v>179</v>
+        <v>291</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>43</v>
       </c>
       <c r="G37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H37">
         <v>2022</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="K37" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="L37" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="M37" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="N37" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="O37" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P37" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B38" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C38" t="s">
-        <v>163</v>
+        <v>117</v>
       </c>
       <c r="D38" t="s">
-        <v>295</v>
+        <v>71</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
       <c r="G38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H38">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>2023</v>
+      </c>
+      <c r="I38">
+        <v>2024</v>
+      </c>
       <c r="J38" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="K38" t="s">
-        <v>182</v>
+        <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M38" t="s">
-        <v>289</v>
+        <v>119</v>
       </c>
       <c r="N38" t="s">
-        <v>290</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="P38" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B39" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C39" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="D39" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="G39" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>2023</v>
+        <v>1984</v>
       </c>
       <c r="I39">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J39" t="s">
-        <v>301</v>
+        <v>199</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M39" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="P39" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B40" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C40" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D40" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H40">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>205</v>
+        <v>311</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
-      <c r="L40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="P40" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B41" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C41" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D41" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H41">
         <v>2016</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>317</v>
       </c>
       <c r="P41" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>319</v>
       </c>
       <c r="B42" t="s">
         <v>320</v>
       </c>
       <c r="C42" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="D42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H42">
         <v>2016</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>321</v>
       </c>
       <c r="P42" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>323</v>
       </c>
       <c r="B43" t="s">
         <v>324</v>
       </c>
       <c r="C43" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="D43" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
       <c r="G43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H43">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>315</v>
+        <v>150</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
-      <c r="L43"/>
+      <c r="L43" t="s">
+        <v>326</v>
+      </c>
       <c r="M43" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="P43" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B44" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C44" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D44" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="G44" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H44">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>156</v>
+        <v>142</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M44" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="P44" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B45" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C45" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D45" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H45">
-        <v>1990</v>
+        <v>2022</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>148</v>
+        <v>339</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="P45" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B46" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C46" t="s">
-        <v>342</v>
+        <v>165</v>
       </c>
       <c r="D46" t="s">
-        <v>70</v>
+        <v>345</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>134</v>
       </c>
       <c r="G46" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
       <c r="J46" t="s">
-        <v>343</v>
+        <v>44</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>346</v>
+      </c>
       <c r="M46" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="N46" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O46" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="P46" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="B47" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>352</v>
       </c>
       <c r="D47" t="s">
-        <v>349</v>
+        <v>71</v>
       </c>
       <c r="E47" t="s">
-        <v>20</v>
+        <v>125</v>
       </c>
       <c r="F47" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>44</v>
+        <v>353</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
-      <c r="L47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="N47" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="P47" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B48" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C48" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D48" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E48" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G48" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P48" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="B49" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C49" t="s">
         <v>362</v>
       </c>
       <c r="D49" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P49" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="B50" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="C50" t="s">
-        <v>366</v>
+        <v>149</v>
       </c>
       <c r="D50" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-      <c r="I50"/>
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2002</v>
+      </c>
+      <c r="I50">
+        <v>2006</v>
+      </c>
       <c r="J50" t="s">
-        <v>367</v>
+        <v>150</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>151</v>
+      </c>
       <c r="M50" t="s">
-        <v>368</v>
+        <v>152</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
         <v>369</v>
       </c>
       <c r="P50" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>371</v>
       </c>
       <c r="B51" t="s">
         <v>372</v>
       </c>
       <c r="C51" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="D51" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2002</v>
       </c>
       <c r="I51">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="J51" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="M51" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>373</v>
       </c>
       <c r="P51" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>374</v>
+      </c>
+      <c r="B52" t="s">
         <v>375</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
+        <v>157</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>125</v>
+      </c>
+      <c r="F52" t="s">
         <v>376</v>
       </c>
-      <c r="C52" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H52">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>156</v>
+        <v>283</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
-      <c r="L52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>158</v>
+        <v>285</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
         <v>377</v>
       </c>
       <c r="P52" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B53" t="s">
         <v>379</v>
       </c>
       <c r="C53" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
-        <v>131</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="G53" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="P53" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B54" t="s">
+        <v>382</v>
+      </c>
+      <c r="C54" t="s">
         <v>383</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="E54" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>380</v>
+        <v>134</v>
       </c>
       <c r="G54" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H54">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I54"/>
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2016</v>
+      </c>
       <c r="J54" t="s">
-        <v>287</v>
+        <v>158</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
-      <c r="L54"/>
+      <c r="L54" t="s">
+        <v>384</v>
+      </c>
       <c r="M54" t="s">
-        <v>289</v>
+        <v>385</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P54" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B55" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C55" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D55" t="s">
-        <v>70</v>
+        <v>391</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>140</v>
+        <v>101</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H55">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>164</v>
+        <v>392</v>
       </c>
       <c r="K55" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="P55" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="B56" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="C56" t="s">
-        <v>394</v>
+        <v>117</v>
       </c>
       <c r="D56" t="s">
-        <v>395</v>
+        <v>71</v>
       </c>
       <c r="E56" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G56" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H56">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>396</v>
+        <v>205</v>
       </c>
       <c r="K56" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L56"/>
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>398</v>
+      </c>
       <c r="M56" t="s">
-        <v>397</v>
+        <v>119</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P56" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B57" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C57" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="D57" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G57" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>1993</v>
+      </c>
+      <c r="I57">
+        <v>2010</v>
+      </c>
       <c r="J57" t="s">
-        <v>124</v>
+        <v>199</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="M57" t="s">
-        <v>118</v>
+        <v>404</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="P57" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B58" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C58" t="s">
-        <v>307</v>
+        <v>409</v>
       </c>
       <c r="D58" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E58" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I58">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J58" t="s">
         <v>205</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
-      <c r="L58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="P58" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B59" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C59" t="s">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="D59" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I59">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>125</v>
+        <v>152</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="P59" t="s">
-        <v>127</v>
+        <v>370</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B60" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
+        <v>418</v>
       </c>
       <c r="D60" t="s">
-        <v>70</v>
+        <v>419</v>
       </c>
       <c r="E60" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I60">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J60" t="s">
-        <v>156</v>
+        <v>277</v>
       </c>
       <c r="K60" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L60"/>
+        <v>420</v>
+      </c>
+      <c r="L60" t="s">
+        <v>421</v>
+      </c>
       <c r="M60" t="s">
-        <v>158</v>
+        <v>422</v>
       </c>
       <c r="N60" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O60" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="P60" t="s">
-        <v>374</v>
+        <v>424</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="B61" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="C61" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="D61" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F61" t="s">
-        <v>140</v>
+        <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="I61">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="J61" t="s">
-        <v>281</v>
+        <v>311</v>
       </c>
       <c r="K61" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="N61" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="P61" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="B62" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="C62" t="s">
-        <v>428</v>
+        <v>409</v>
       </c>
       <c r="D62" t="s">
-        <v>429</v>
+        <v>71</v>
       </c>
       <c r="E62" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="H62">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>315</v>
+        <v>205</v>
       </c>
       <c r="K62" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>430</v>
+        <v>410</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="P62" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B63" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="C63" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D63" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>43</v>
       </c>
       <c r="G63" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="M63" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="P63" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B64" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C64" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D64" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="E64" t="s">
         <v>42</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H64">
         <v>2014</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="P64" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B65" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C65" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D65" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>43</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2008</v>
       </c>
       <c r="I65">
         <v>2013</v>
       </c>
       <c r="J65" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
         <v>25</v>
       </c>
       <c r="M65" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="P65" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B66" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C66" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D66" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2007</v>
       </c>
       <c r="I66">
         <v>2018</v>
       </c>
       <c r="J66" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="M66" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="P66" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B67" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C67" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D67" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2011</v>
       </c>
       <c r="I67">
         <v>2019</v>
       </c>
       <c r="J67" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="M67" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="P67" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C68" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D68" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2000</v>
       </c>
       <c r="I68">
         <v>2012</v>
       </c>
       <c r="J68" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="M68" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="P68" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B69" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C69" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D69" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="P69" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B70" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C70" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="D70" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>43</v>
       </c>
       <c r="G70" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H70">
         <v>2017</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="N70" t="s">
         <v>36</v>
       </c>
       <c r="O70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="P70" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C71" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D71" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2010</v>
       </c>
       <c r="I71">
         <v>2013</v>
       </c>
       <c r="J71" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="M71" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="P71" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B72" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="C72" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D72" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>43</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2009</v>
       </c>
       <c r="I72">
         <v>2016</v>
       </c>
       <c r="J72" t="s">
         <v>33</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="P72" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B73" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C73" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D73" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2007</v>
       </c>
       <c r="I73">
         <v>2012</v>
       </c>
       <c r="J73" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="M73" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="P73" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B74" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C74" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D74" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H74">
         <v>2021</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="P74" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B75" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C75" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D75" t="s">
         <v>53</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>1997</v>
       </c>
       <c r="I75">
         <v>2022</v>
       </c>
       <c r="J75" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="P75" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="B76" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C76" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D76" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E76" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="F76" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G76" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="P76" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B77" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C77" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D77" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2011</v>
       </c>
       <c r="I77">
         <v>2021</v>
       </c>
       <c r="J77" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="M77" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="P77" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B78" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="C78" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D78" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>43</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2002</v>
       </c>
       <c r="I78">
         <v>2021</v>
       </c>
       <c r="J78" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="M78" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="P78" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B79" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C79" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D79" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G79" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H79">
         <v>2013</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>124</v>
+        <v>205</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="M79" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="P79" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B80" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C80" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D80" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2012</v>
       </c>
       <c r="I80">
         <v>2014</v>
       </c>
       <c r="J80" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="M80" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="P80" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B81" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C81" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D81" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
         <v>43</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2014</v>
       </c>
       <c r="I81">
         <v>2017</v>
       </c>
       <c r="J81" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="P81" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B82" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C82" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D82" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
         <v>43</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2015</v>
       </c>
       <c r="I82">
         <v>2016</v>
       </c>
       <c r="J82" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="K82" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="L82" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="M82" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="N82" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="O82" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="P82" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B83" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C83" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D83" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2011</v>
       </c>
       <c r="I83">
         <v>2017</v>
       </c>
       <c r="J83" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K83" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="N83" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="O83" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="P83" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">