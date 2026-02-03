--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,313 +12,374 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -582,493 +643,550 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>57</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>58</v>
+      </c>
+      <c r="K5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L5" t="s">
+        <v>60</v>
+      </c>
+      <c r="M5" t="s">
+        <v>61</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>62</v>
+      </c>
+      <c r="P5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>75</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>76</v>
+      </c>
+      <c r="M7" t="s">
+        <v>77</v>
+      </c>
+      <c r="N7" t="s">
+        <v>78</v>
+      </c>
+      <c r="O7" t="s">
+        <v>79</v>
+      </c>
+      <c r="P7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>81</v>
+      </c>
+      <c r="B8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>83</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>73</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>84</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
+        <v>78</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...289 lines deleted...]
-        <v>73</v>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>